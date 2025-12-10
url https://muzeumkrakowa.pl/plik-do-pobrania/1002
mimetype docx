--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -2,772 +2,1090 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="27EC9CF1" w14:textId="2C4791A8" w:rsidR="00BB570C" w:rsidRPr="00BB570C" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
-      <w:pPr>
+    <w:p w14:paraId="27EC9CF1" w14:textId="2C4791A8" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Klauzula informacyjna dotycząca przetwarzania danych osobowych w ramach</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Klauzula informacyjna dotycząca przetwarzania danych osobowych w ramach projektów związanych z działalnością wydawniczą, edukacyjną oraz badaniami kulturowymi i historycznymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4D88F1" w14:textId="1DF74B7D" w:rsidR="00BB570C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Zgodnie z art. 13 i 14 Rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. (RODO), Muzeum Historyczne Miasta Krakowa, z siedzibą przy Rynku Głównym 35, 31-011 Kraków, informuje o zasadach przetwarzania danych osobowych w ramach przeprowadzania wywiadów, nagrań wizerunku oraz głosu w celach wydawniczych, edukacyjnych oraz w ramach badań kulturowych i historycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3317B00F" w14:textId="77777777" w:rsidR="006F094C" w:rsidRPr="006F094C" w:rsidRDefault="006F094C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="1F4E57BC" w14:textId="77777777" w:rsidR="006F094C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> projektów związanych z</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Administratorem danych osobowych jest Muzeum Historyczne Miasta Krakowa,</w:t>
+      </w:r>
+      <w:r w:rsidR="006F094C" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rynek Główny 35, 31-011 Kraków, </w:t>
+      </w:r>
+      <w:r w:rsidR="006F094C" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>telefon: +48126192301, mail: sekretariat@muzeumkrakowa.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7310A7DA" w14:textId="77777777" w:rsidR="006F094C" w:rsidRPr="006F094C" w:rsidRDefault="006F094C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> działalności</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D13A0D" w14:textId="0E55CA55" w:rsidR="006F094C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>ą</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W sprawach związanych z ochroną danych osobowych można kontaktować się z Inspektorem Ochrony Danych pod adresem e-mail: </w:t>
+      </w:r>
+      <w:r w:rsidR="006F094C" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="006F094C" w:rsidRPr="006F094C">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>iod24@agileo.it</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006F094C" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tel. +48327212066</w:t>
+      </w:r>
+      <w:r w:rsidR="006F094C" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F094C" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>oraz pisemnie na adres administratora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264F7CA2" w14:textId="77777777" w:rsidR="006F094C" w:rsidRPr="006F094C" w:rsidRDefault="006F094C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6686063A" w14:textId="4FE2076A" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> wydawnicz</w:t>
-[...114 lines deleted...]
-        </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="3EA9D289" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="00BB570C" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W ramach działalności Muzeum przetwarzane mogą być następujące dane osobowe:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA9D289" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00BB570C">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Imię i nazwisko, wizerunek oraz głos osób biorących udział w wywiadach i nagraniach,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13FEA817" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="00BB570C" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="13FEA817" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00BB570C">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Informacje o wykształceniu,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B83376C" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="00BB570C" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="2B83376C" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00BB570C">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Informacje o życiu zawodowym,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C9BC1E" w14:textId="3D0CCA9C" w:rsidR="00BB570C" w:rsidRPr="00BB570C" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="56C9BC1E" w14:textId="3D0CCA9C" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00BB570C">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Inne dane dobrowolnie przekazane w trakcie nagrań lub wywiadów.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1442A2B8" w14:textId="350303E1" w:rsidR="00BB570C" w:rsidRPr="00BB570C" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1442A2B8" w14:textId="350303E1" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="5B691BD3" w14:textId="66DC2C14" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00AD3BAE" w:rsidP="00BB570C">
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dane osobowe przetwarzane są w celu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B691BD3" w14:textId="66DC2C14" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00AD3BAE" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Gromadzenia, utrwalania, w tym ewidencjonowania, opracowywania, </w:t>
       </w:r>
-      <w:r w:rsidR="00BB570C" w:rsidRPr="00CB4E66">
+      <w:r w:rsidR="00BB570C" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>archiwizacji i publikacji treści historycznych oraz kulturowych,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB4E66">
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> a tym materiałów zarejestrowanych w formie filmu czy nagrania.,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5D4338" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="6A5D4338" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Prowadzenia działalności edukacyjnej i wydawniczej,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762E2108" w14:textId="4B9A4251" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="762E2108" w14:textId="4B9A4251" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Dokumentowania dziedzictwa kulturowego oraz prowadzenia badań naukowych i historycznych zgodnie z ustawą z dnia 21 listopada 1996 r. o muzeach oraz ustawą z dnia 25 października 1991 r. o organizowaniu i prowadzeniu działalności kulturalnej.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B63580" w14:textId="2CCC161D" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="62B63580" w14:textId="2CCC161D" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB4E66">
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Podstawą prawną przetwarzania danych osobowych jest:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D19A6DB" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="4D19A6DB" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Wykonywanie zadania realizowanego w interesie publicznym w zakresie dokumentowania i ochrony dziedzictwa kulturowego (art. 6 ust. 1 lit. e RODO) w zw. z ustawą o muzeach oraz ustawą o organizowaniu i prowadzeniu działalności kulturalnej.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C52CB10" w14:textId="58B417C6" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
+    <w:p w14:paraId="1C52CB10" w14:textId="58B417C6" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>art. 6 ust. 1 lit. c) – przetwarzanie jest niezbędne do wypełnienia obowiązku prawnego ciążącego na administratorze w oparciu o właściwe przepisy prawa krajowego, w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F44F630" w14:textId="74BA268F" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
+    <w:p w14:paraId="2F44F630" w14:textId="74BA268F" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>ustawa z dnia 21 listopada 1996 r. o muzeach,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A54CF5" w14:textId="19B59CB7" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
+    <w:p w14:paraId="03A54CF5" w14:textId="19B59CB7" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>ustawa z dnia 25 października 1991 r. o organizowaniu i prowadzeniu działalności kulturalnej,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77860B59" w14:textId="1C3305A5" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
+    <w:p w14:paraId="77860B59" w14:textId="1C3305A5" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>ustawa z dnia 23 lipca 2003 r. o ochronie zabytków i opiece nad zabytkami,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6E45F2" w14:textId="7A448C0F" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
+    <w:p w14:paraId="6C6E45F2" w14:textId="7A448C0F" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>ustawa z dnia 14 lipca 1983 r. o narodowym zasobie archiwalnym i archiwach,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29EAF5CE" w14:textId="3E8B8C79" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
+    <w:p w14:paraId="29EAF5CE" w14:textId="3E8B8C79" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>przepisy wykonawcze wydane na podstawie powyższych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0683F747" w14:textId="572D31D6" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
+    <w:p w14:paraId="0683F747" w14:textId="572D31D6" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Państwa dane osobowe możemy przetwarzać również na podstawie wyrażonej wcześniej zgody. Zgodę na przetwarzanie danych osobowych w celach innych niż realizacja zadań statutowych, możecie Państwo wycofać w dowolnym momencie w ten sam sposób w jaki ją </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB4E66">
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Państwo wyrazili. Oświadczenie o wycofaniu zgodny można przesłać na adres korespondencyjny Administratora bądź mailowy podany powyżej.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581C35CD" w14:textId="77777777" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
-      <w:pPr>
+    <w:p w14:paraId="581C35CD" w14:textId="77777777" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB4E66">
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Przechowujemy Państwa dane osobowe przez czas określony w szczegółowych przepisach prawa, a następnie przekazujemy je do archiwum. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5359E12E" w14:textId="34AC7BF5" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
-      <w:pPr>
+    <w:p w14:paraId="5359E12E" w14:textId="34AC7BF5" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Państwa dane osobowe przetwarzane przez Muzeum w związku z prowadzeniem działalności statutowej będą przechowywane wieczyście.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D830004" w14:textId="77777777" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
-      <w:pPr>
+    <w:p w14:paraId="0D830004" w14:textId="77777777" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Wynika to ze szczególnej roli Muzeum jako instytucji gromadzącej dobra kultury i dokumentację im towarzyszącą. Podstawy prawne takiego działania wynikają z:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E43FFF4" w14:textId="362A6D78" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
+    <w:p w14:paraId="4E43FFF4" w14:textId="362A6D78" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>art. 5 ust. 1 lit. e) RODO, który stanowi, że dane osobowe muszą być przechowywane w formie umożliwiającej identyfikację osoby, której dane dotyczą, przez okres nie dłuższy, niż jest to niezbędne do celów, w których dane te są przetwarzane; dane osobowe można przechowywać przez okres dłuższy, o ile będą one przetwarzane wyłącznie do celów archiwalnych w interesie publicznym, do celów badań naukowych lub historycznych lub do celów statystycznych na mocy art. 89 ust. 1, z zastrzeżeniem że wdrożone zostaną odpowiednie środki techniczne i organizacyjne wymagane na mocy niniejszego rozporządzenia w celu ochrony praw i wolności osób, których dane dotyczą („ograniczenie przechowywania”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1675D355" w14:textId="307D3438" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
-      <w:pPr>
+    <w:p w14:paraId="1675D355" w14:textId="307D3438" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>W związku z powyższym, działalność Muzeum jako państwowej instytucji kultury w zakresie przetwarzania danych osobowych w aspekcie prowadzonej działalności statutowej podlega pod cele archiwalne w interesie publicznym, a także ma związek z prowadzonymi badaniami naukowymi i historycznymi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659A634A" w14:textId="1A043C9F" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
+    <w:p w14:paraId="659A634A" w14:textId="1A043C9F" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>obwiązującej w Muzeum „Instrukcji Archiwalnej”, przyjętej w trybie wynikającym z ustawy z dnia 14 lipca 1983 r. o narodowym zasobie archiwalnym i archiwach – „Instrukcja Kancelaryjna” zalicza dokumenty związane z prowadzoną przez Muzeum działalnością statutową do kategorii archiwalnej „A”, tj. jako przechowywaną wieczyście.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F0A550" w14:textId="639D3591" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="49F0A550" w14:textId="639D3591" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB4E66">
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Dane osobowe mogą być udostępniane:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3002BE76" w14:textId="47043946" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="3002BE76" w14:textId="47043946" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Podmiotom współpracującym z Muzeum w zakresie realizacji działań edukacyjnych, wydawniczych oraz badań historycznych</w:t>
       </w:r>
-      <w:r w:rsidR="003009AA" w:rsidRPr="00CB4E66">
+      <w:r w:rsidR="003009AA" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>, którym zleca wykonanie czynności, z którymi wiąże się konieczność przetwarzania danych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74518AE2" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="74518AE2" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Odbiorcom treści historycznych i edukacyjnych, np. poprzez publikacje i wystawy,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7749EE05" w14:textId="1FE88C0F" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="7749EE05" w14:textId="1FE88C0F" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Instytucjom archiwizującym i badawczym w zakresie prowadzenia badań historycznych</w:t>
       </w:r>
-      <w:r w:rsidR="003009AA" w:rsidRPr="00CB4E66">
+      <w:r w:rsidR="003009AA" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> czy osobom prowadzącym prace naukowo- badawcze z wykorzystaniem zbiorów Muzeum. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="464052BD" w14:textId="277A428B" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="464052BD" w14:textId="277A428B" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB4E66">
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Osobom, których dane dotyczą, przysługują następujące prawa:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB30569" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="2CB30569" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Prawo dostępu do swoich danych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE3646F" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="6AE3646F" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Prawo do sprostowania danych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42126473" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="42126473" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Prawo do ograniczenia przetwarzania,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8E2BE2" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="7E8E2BE2" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Prawo do wniesienia sprzeciwu wobec przetwarzania,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F36797C" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="00CB4E66" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
+    <w:p w14:paraId="2F36797C" w14:textId="77777777" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB4E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Prawo do wycofania zgody w dowolnym momencie, przy czym wycofanie zgody nie wpływa na zgodność z prawem przetwarzania dokonanego przed jej wycofaniem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6391B4" w14:textId="2D5EE6AC" w:rsidR="003009AA" w:rsidRPr="00CB4E66" w:rsidRDefault="003009AA" w:rsidP="003009AA">
-      <w:pPr>
+    <w:p w14:paraId="2A6391B4" w14:textId="2D5EE6AC" w:rsidR="003009AA" w:rsidRPr="006F094C" w:rsidRDefault="003009AA" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Korzystanie z uprawnień przysługujących osobie, której dane dotyczą, realizowane jest w oparciu o zasady i przepisy rozporządzenia, ustawy o ochronie danych osobowych, KPA oraz przepisów sektorowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F0158F" w14:textId="7E4AD2E6" w:rsidR="00BB570C" w:rsidRPr="00BB570C" w:rsidRDefault="00CB4E66" w:rsidP="00BB570C">
-      <w:pPr>
+    <w:p w14:paraId="66F0158F" w14:textId="7E4AD2E6" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00CB4E66" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00BB570C" w:rsidRPr="00354F78">
-        <w:rPr>
+      <w:r w:rsidR="00BB570C" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00BB570C" w:rsidRPr="00CB4E66">
+      <w:r w:rsidR="00BB570C" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003009AA" w:rsidRPr="00CB4E66">
+      <w:r w:rsidR="003009AA" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Muzeum, co do zasady, nie planuje przekazywać Państwa danych osobowych do państwa trzeciego/organizacji międzynarodowej, aczkolwiek nie jest wykluczone zajście takiej konieczności, zwłaszcza w ramach współpracy międzynarodowej Muzeum lub odbywania kwerend w zbiorach Muzeum przez obywateli tych państw.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A585CFC" w14:textId="1BCC765D" w:rsidR="00BB570C" w:rsidRPr="00BB570C" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
-      <w:pPr>
+    <w:p w14:paraId="4A585CFC" w14:textId="1BCC765D" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00CB4E66">
-        <w:rPr>
+      <w:r w:rsidR="00CB4E66" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB570C">
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Dane osobowe nie będą podlegały zautomatyzowanemu podejmowaniu decyzji, w tym profilowaniu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A59ACA" w14:textId="39744F50" w:rsidR="00BB570C" w:rsidRPr="00BB570C" w:rsidRDefault="00BB570C" w:rsidP="00BB570C">
-      <w:pPr>
+    <w:p w14:paraId="40A59ACA" w14:textId="39744F50" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00CB4E66">
-        <w:rPr>
+      <w:r w:rsidR="00CB4E66" w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB570C">
+      <w:r w:rsidRPr="006F094C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Osoby, których dane dotyczą, mają prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych, jeśli uznają, że przetwarzanie danych osobowych narusza przepisy RODO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C301784" w14:textId="5BCC5DA4" w:rsidR="00BB570C" w:rsidRPr="00BB570C" w:rsidRDefault="00BB570C" w:rsidP="00BB570C"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="001D3BA1">
+    <w:p w14:paraId="2C301784" w14:textId="5BCC5DA4" w:rsidR="00BB570C" w:rsidRPr="006F094C" w:rsidRDefault="00BB570C" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E7E391F" w14:textId="77777777" w:rsidR="001D3BA1" w:rsidRPr="006F094C" w:rsidRDefault="001D3BA1" w:rsidP="006F094C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001D3BA1" w:rsidRPr="006F094C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="12921B95" w16cex:dateUtc="2025-02-05T14:44:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="2F9667EB" w16cid:durableId="12921B95"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AFC0D7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52CAA8DA"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -1819,103 +2137,192 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="519A3A03"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="695C7C08"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB570C"/>
     <w:rsid w:val="001D3BA1"/>
     <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00354F78"/>
     <w:rsid w:val="00360B71"/>
     <w:rsid w:val="00380978"/>
     <w:rsid w:val="00531436"/>
     <w:rsid w:val="005C756D"/>
+    <w:rsid w:val="006F094C"/>
     <w:rsid w:val="009A4E05"/>
     <w:rsid w:val="00AD3BAE"/>
     <w:rsid w:val="00B73111"/>
     <w:rsid w:val="00BB570C"/>
     <w:rsid w:val="00BC3AA9"/>
     <w:rsid w:val="00CB4E66"/>
     <w:rsid w:val="00CF224B"/>
     <w:rsid w:val="00D90DCF"/>
     <w:rsid w:val="00D91318"/>
     <w:rsid w:val="00DF085F"/>
     <w:rsid w:val="00DF483A"/>
     <w:rsid w:val="00E57A1B"/>
     <w:rsid w:val="00F0286D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -3013,51 +3420,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1640651821">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod24@agileo.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3315,70 +3722,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5359</Characters>
+  <Pages>2</Pages>
+  <Words>908</Words>
+  <Characters>5452</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
+  <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6240</CharactersWithSpaces>
+  <CharactersWithSpaces>6348</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Konto Pracownicze</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>