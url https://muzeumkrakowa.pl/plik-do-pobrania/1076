--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -11,56 +11,56 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="647E987B" w14:textId="133BD359" w:rsidR="006560FB" w:rsidRDefault="005C3A40" w:rsidP="002F6E23">
+    <w:p w14:paraId="647E987B" w14:textId="580DC6E9" w:rsidR="006560FB" w:rsidRDefault="006B0AFD" w:rsidP="002F6E23">
       <w:pPr>
         <w:pStyle w:val="Tytukartyprogramowej"/>
       </w:pPr>
       <w:r>
-        <w:t>październik</w:t>
+        <w:t>listopad</w:t>
       </w:r>
       <w:r w:rsidR="006833A0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00081201">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="000217B2">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7168CC3F" w14:textId="77777777" w:rsidR="000D2090" w:rsidRDefault="000D2090" w:rsidP="00580B62">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="063BDF7F" w14:textId="6A4EF062" w:rsidR="00391A64" w:rsidRDefault="00391A64" w:rsidP="00580B62">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:jc w:val="both"/>
@@ -69,671 +69,1418 @@
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB07DB">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>SPOTKANIA W MUZEUM</w:t>
       </w:r>
       <w:r w:rsidR="00AE1363">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB07DB">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E2B689B" w14:textId="77777777" w:rsidR="001E0754" w:rsidRPr="001E0754" w:rsidRDefault="001E0754" w:rsidP="001E0754"/>
-    <w:p w14:paraId="139EA06E" w14:textId="20ACDA9E" w:rsidR="00081201" w:rsidRDefault="005C3A40" w:rsidP="009908C8">
+    <w:p w14:paraId="3E2B689B" w14:textId="520E3798" w:rsidR="001E0754" w:rsidRDefault="001E0754" w:rsidP="001E0754"/>
+    <w:p w14:paraId="4891983A" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
-        <w:t>Oprowadzanie tematyczne</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Powtórki z wystaw stałych i oprowadzania tematyczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1489B43A" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D3CFAB" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35D2883F" w14:textId="3CD859DA" w:rsidR="00CD537B" w:rsidRPr="001D7D2B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Bezodstpw"/>
+      <w:r w:rsidRPr="00CD537B">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005C3A40">
+        <w:t>Apteka Tadeusza Pankiewicza w getcie krakowskim</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Bronisław Chromy jakiego nie znacie</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="5D74E31D" w14:textId="70C5E958" w:rsidR="00B57D28" w:rsidRDefault="0087368C" w:rsidP="00B57D28">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C1AA69" w14:textId="7E44B5F4" w:rsidR="00CD537B" w:rsidRPr="00E73F0F" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>specjalistyczne oprowadzanie po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wystaw</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stałej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B36099" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRPr="007F234E" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="448DC159" w14:textId="69431E21" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087368C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00676867" w:rsidRPr="0087368C">
+      <w:r>
+        <w:t>19 listopada</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73F0F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="0087368C">
-[...32 lines deleted...]
-    <w:p w14:paraId="070C9A96" w14:textId="04CCB134" w:rsidR="00B57D28" w:rsidRPr="0087368C" w:rsidRDefault="000D2090" w:rsidP="00B57D28">
+      <w:r>
+        <w:t>środa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73F0F">
+        <w:t xml:space="preserve">), godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>15.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73F0F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E66DAD7" w14:textId="388D08E7" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087368C">
-[...6 lines deleted...]
-    <w:p w14:paraId="09931A21" w14:textId="5E80C0E9" w:rsidR="00B57D28" w:rsidRDefault="005C3A40" w:rsidP="005C3A40">
+      <w:r w:rsidRPr="00CD537B">
+        <w:t>Apteka pod Orłem, pl. Bohaterów Getta 18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE646DE" w14:textId="3F114E27" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Przewodnik"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087368C">
-[...61 lines deleted...]
-    <w:p w14:paraId="50F2D2DC" w14:textId="314A77C7" w:rsidR="00DD012E" w:rsidRDefault="00DD012E" w:rsidP="00580B62">
+      <w:r>
+        <w:t>Katarzyna Kocik (Muzeum Krakowa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F39878B" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2327CA88" w14:textId="5DC13E42" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t>W czasie II wojny światowej na terenie getta krakowskiego działała apteka „Pod Orłem” zarządzana przez polskiego farmaceutę Tadeusza Pankiewicza. Z okien dyżurnego pokoju widział on zbrodnie, jakich dopuszczał się okupant nad bezbronną ludnością żydowską. Był świadkiem brutalnych deportacji Żydów do obozu zagłady w</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F3B">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t>Bełżcu. Na prośbę przyjaciół z getta opublikował po wojnie wspomnienia, w</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F3B">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t>których przypomniał losy głównie tych, którym nie udało się przeżyć, o których nikt inny nie mógł się upomnieć, ponieważ wyginęły całe żydowskie rodziny. Podczas oprowadzania przypomnimy o roli, jaką pełniła apteka w „obmurowanym mieście”. Usłyszymy o losach i troskach ludzi, o których pamięć dopominał się Tadeusz Pankiewicz – kronikarz getta w Krakowie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D07BC60" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47B08930" w14:textId="4C95C339" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="286F2CA3" w14:textId="4C103544" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39BAE33C" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Uwagi"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">* Udział w zajęciach stacjonarnych zostaje każdorazowo potwierdzony podpisem prowadzącego </w:t>
-[...66 lines deleted...]
-    <w:p w14:paraId="6336AE08" w14:textId="77777777" w:rsidR="008C307E" w:rsidRDefault="008C307E" w:rsidP="008C307E">
+        <w:t>* Udział w zajęciach stacjonarnych zostaje każdorazowo potwierdzony podpisem prowadzącego w indeksie PDZ. Brak podpisu będzie równoznaczny z brakiem obecności na zajęciach, a tym samym ich niezaliczeniem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D8598E" w14:textId="51AC3A2E" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5740D831" w14:textId="6DB2B5B3" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BF1956D" w14:textId="7DFE6B1C" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="245FFC65" w14:textId="116285D6" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BB51FBD" w14:textId="3E8F4397" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1920DEF6" w14:textId="1D163473" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77E6D247" w14:textId="6D1DD7F7" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CF30768" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1491D591" w14:textId="7071F7D0" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F3CDED2" w14:textId="3D3D0CA9" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E15A46D" w14:textId="666550B8" w:rsidR="00CD537B" w:rsidRPr="001D7D2B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD537B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Relacje polsko-żydowskie w okresie okupacji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F51E070" w14:textId="244849DC" w:rsidR="00CD537B" w:rsidRPr="00E73F0F" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>tematyczne oprowadzanie po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wystaw</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stałej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="231BDF76" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRPr="007F234E" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F58833C" w14:textId="0E5D8673" w:rsidR="00CD537B" w:rsidRPr="003111A2" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003111A2">
+        <w:t xml:space="preserve">19 listopada (środa), godz. 11.00 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01AF9F0B" w14:textId="0BC114F6" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Fabryka Emalia Oskara Schindlera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ul. Lipowa 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4975216B" w14:textId="62E0B6AF" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Przewodnik"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Bartosz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Heksel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (Muzeum Krakowa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8FD719" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A1B7839" w14:textId="258DAE9E" w:rsidR="00CD537B" w:rsidRDefault="00C46260" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46260">
+        <w:t xml:space="preserve">Wystawa stała </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46260">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Kraków – czas okupacji 1939–1945</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46260">
+        <w:t xml:space="preserve">, mieszcząca się w budynku administracyjnym Fabryki Emalia Oskara Schindlera, opowiada o Krakowie i losach jego polskich, żydowskich i niemieckich mieszkańców w czasie II wojny światowej. Na wystawie wspomniana jest także osoba Oskara Schindlera – właściciela Deutsche </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C46260">
+        <w:t>Emailwarenfabrik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C46260">
+        <w:t xml:space="preserve"> – DEF, o którym na powrót przypomniano sobie dzięki filmowi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6E08">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lista Schindlera </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46260">
+        <w:t>Stevena Spielberga z 1993 r. Jego postać oraz historie ocalonych przez niego krakowskich Żydów stanowią część skomplikowanej wojennej historii miasta. Przypominamy, że udział w tym oprowadzaniu może stanowić późniejszą podstawę do prolongaty certyfikatów przewodnickich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4118B3CE" w14:textId="6BB6ABBE" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59E783EB" w14:textId="21BCBDCB" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18088329" w14:textId="5FB6CFA9" w:rsidR="00CD537B" w:rsidRPr="00E73F0F" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD537B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Jak opowiadać o wojnie i Zagładzie w kontekście współczesnych zagrożeń i</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>konfliktów</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>tematyczne oprowadzanie po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wystaw</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stałej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="199C7598" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRPr="007F234E" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2257F674" w14:textId="4525976C" w:rsidR="00CD537B" w:rsidRPr="003111A2" w:rsidRDefault="003111A2" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003111A2">
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD537B" w:rsidRPr="003111A2">
+        <w:t xml:space="preserve"> listopada (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003111A2">
+        <w:t>poniedziałek), godz. 16.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23967664" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Fabryka Emalia Oskara Schindlera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ul. Lipowa 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E48A149" w14:textId="68808E40" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Przewodnik"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mateusz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Zdeb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (Muzeum Krakowa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236047E3" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB28530" w14:textId="7553809A" w:rsidR="00CD537B" w:rsidRDefault="001A6E08" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001A6E08">
+        <w:t>„Na koniec pamiętać będziemy nie słowa naszych wrogów, lecz milczenie naszych przyjaciół”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6E08">
+        <w:t xml:space="preserve">Powyższe słowa Martina Luthera Kinga wskazują, że w sytuacjach </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A6E08">
+        <w:t>przemocowych</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A6E08">
+        <w:t xml:space="preserve"> to właśnie rola świadka jest najważniejsza. Jak pokazują doświadczenia z przeszłości</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6E08">
+        <w:t xml:space="preserve"> milczenie jest zazwyczaj przyzwoleniem na toczące się zło. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Wystawa w Fabryce Emalia Oskara Schindlera pokazuje d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46260" w:rsidRPr="00C46260">
+        <w:t>okumentaln</w:t>
+      </w:r>
+      <w:r>
+        <w:t>e zdjęcia</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46260" w:rsidRPr="00C46260">
+        <w:t>, re</w:t>
+      </w:r>
+      <w:r>
+        <w:t>lacje</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46260" w:rsidRPr="00C46260">
+        <w:t xml:space="preserve"> świadków historii, film</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46260" w:rsidRPr="00C46260">
+        <w:t xml:space="preserve"> dokumentaln</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46260" w:rsidRPr="00C46260">
+        <w:t xml:space="preserve"> i prezentacj</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46260" w:rsidRPr="00C46260">
+        <w:t xml:space="preserve"> multimedialn</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46260" w:rsidRPr="00C46260">
+        <w:t xml:space="preserve">, które </w:t>
+      </w:r>
+      <w:r>
+        <w:t>są narzędziami</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46260" w:rsidRPr="00C46260">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">do stworzenia opowieści o czasach wojny i </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t>Zagłady</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. A jak to najlepiej zrobić, dowiemy się podczas zaj</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t>ę</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ć. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46260" w:rsidRPr="00C46260">
+        <w:t>Przypominamy, że udział w tym oprowadzaniu może stanowić późniejszą podstawę do prolongaty certyfikatów przewodnickich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F799C18" w14:textId="1765F9D9" w:rsidR="00A678DF" w:rsidRDefault="00A678DF" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E2EA4FE" w14:textId="77777777" w:rsidR="00A678DF" w:rsidRDefault="00A678DF" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76BF8599" w14:textId="2C75477A" w:rsidR="00C46260" w:rsidRDefault="00C46260" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A43E7C4" w14:textId="77777777" w:rsidR="00C46260" w:rsidRDefault="00C46260" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F44802A" w14:textId="77777777" w:rsidR="006B0AFD" w:rsidRDefault="006B0AFD" w:rsidP="006B0AFD">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
+        <w:t>Oprowadzania kuratorskie po wystawach czasowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFF4BAC" w14:textId="77777777" w:rsidR="009570B2" w:rsidRDefault="009570B2" w:rsidP="006B0AFD">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="286C7A83" w14:textId="2299452B" w:rsidR="006B0AFD" w:rsidRPr="008754D1" w:rsidRDefault="00CD537B" w:rsidP="006B0AFD">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Wojenne dzieci</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0AFD" w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A4CC61" w14:textId="2F1D5D7F" w:rsidR="006B0AFD" w:rsidRPr="008754D1" w:rsidRDefault="006B0AFD" w:rsidP="006B0AFD">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">specjalistyczne oprowadzanie </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD537B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">kuratorskie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>po wystawie czasowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21418872" w14:textId="77777777" w:rsidR="006B0AFD" w:rsidRPr="00A37F8A" w:rsidRDefault="006B0AFD" w:rsidP="006B0AFD">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A1C43C5" w14:textId="2C5D4815" w:rsidR="006B0AFD" w:rsidRPr="008754D1" w:rsidRDefault="00CD537B" w:rsidP="006B0AFD">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3 listopada</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0AFD" w:rsidRPr="008754D1">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>poniedziałek</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0AFD" w:rsidRPr="008754D1">
+        <w:t>), godz. 14.00</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0AFD">
+        <w:t xml:space="preserve"> – grupa I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5960CBE9" w14:textId="6E0B3C01" w:rsidR="006B0AFD" w:rsidRDefault="00CD537B" w:rsidP="006B0AFD">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>17 listopada</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0AFD">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>poniedziałek</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0AFD">
+        <w:t>), godz. 14.00 – grupa II</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717B8055" w14:textId="3ED40073" w:rsidR="006B0AFD" w:rsidRDefault="00451261" w:rsidP="006B0AFD">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Fabryka Emalia Oskara Schindlera</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0AFD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ul. Lipowa 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F74327" w14:textId="6012F84F" w:rsidR="006B0AFD" w:rsidRDefault="00CD537B" w:rsidP="006B0AFD">
+      <w:pPr>
+        <w:pStyle w:val="Przewodnik"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F3B">
+        <w:t>eata</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Łabno</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0AFD">
+        <w:t xml:space="preserve"> (Muzeum Krakowa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD7F5D4" w14:textId="77777777" w:rsidR="006B0AFD" w:rsidRDefault="006B0AFD" w:rsidP="006B0AFD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49B95E37" w14:textId="16023EA0" w:rsidR="006B0AFD" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Wystawa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE2513">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Wojenne dzieci</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> mierzy się z trudnym wyzwaniem, jakim jest próba pokazania wojny i okupacji z perspektywy najmłodszych - dzieci, które w chwili wybuchu wojny 1 września 1939 </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t xml:space="preserve">r. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>miały nie więcej niż 11 lat. Mikrohistorie kilkunastu bohaterów – różniących się bagażem kulturowym, przynależnością narodową, wyznawaną religią, statusem społecznym i ekonomicznym – tworzą szeroki pejzaż osobistych doświadczeń i zachowań wojennych dzieci. Za sprawą wystawy pragniemy zmienić dotychczasowe postrzegania dzieci – tak, aby zobaczyć w nich nie tylko i</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F3B">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>wyłącznie ofiary, ale także aktywne podmioty i adresatów działań dorosłych. Chcemy ukazać ich rolę w tamtych okrutnych czasach, ich sprawczość – nawet jeśli była ona zależna od sprawczości dorosłych. Naświetlimy relacje z dorosłymi, bliższą i dalszą rodziną, a wreszcie z osobami obcymi. Z szacunku do bohaterów i dla pełnego obrazu ich wojennych losów pokażemy też, choć w skrótowej formie, ich przedwojenną i</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F3B">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>powojenną historię.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A92D87" w14:textId="77777777" w:rsidR="006B0AFD" w:rsidRPr="001E0754" w:rsidRDefault="006B0AFD" w:rsidP="001E0754"/>
+    <w:p w14:paraId="139EA06E" w14:textId="43990747" w:rsidR="00081201" w:rsidRDefault="00CD537B" w:rsidP="009908C8">
+      <w:pPr>
+        <w:pStyle w:val="Tytu"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>Spotkania</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3A40">
+        <w:rPr>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tematyczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4170F3AF" w14:textId="77777777" w:rsidR="00E5441D" w:rsidRDefault="00E5441D" w:rsidP="00580B62">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58538F17" w14:textId="26E12010" w:rsidR="00B57D28" w:rsidRPr="000D2090" w:rsidRDefault="00CD537B" w:rsidP="00B57D28">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD537B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Z wizytą u mistrza Chromego</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A45C48" w14:textId="77777777" w:rsidR="00B57D28" w:rsidRPr="007F234E" w:rsidRDefault="00B57D28" w:rsidP="00B57D28">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D74E31D" w14:textId="55D351C5" w:rsidR="00B57D28" w:rsidRDefault="00CD537B" w:rsidP="00B57D28">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>7 listopada</w:t>
+      </w:r>
+      <w:r w:rsidR="00676867" w:rsidRPr="0087368C">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>piątek</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57D28" w:rsidRPr="0087368C">
+        <w:t>), godz.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C124E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087368C" w:rsidRPr="0087368C">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2090" w:rsidRPr="0087368C">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2090" w:rsidRPr="0087368C">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – grupa I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7395BF70" w14:textId="2ADDCFCE" w:rsidR="0087368C" w:rsidRPr="00296C40" w:rsidRDefault="00CD537B" w:rsidP="0087368C">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>18 listopada</w:t>
+      </w:r>
+      <w:r w:rsidR="0087368C" w:rsidRPr="00296C40">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>wtorek</w:t>
+      </w:r>
+      <w:r w:rsidR="0087368C" w:rsidRPr="00296C40">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00296C40" w:rsidRPr="00296C40">
+        <w:t>, godz</w:t>
+      </w:r>
+      <w:r w:rsidR="00420036">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00296C40" w:rsidRPr="00296C40">
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00296C40" w:rsidRPr="00296C40">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00296C40" w:rsidRPr="00296C40">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – grupa II</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="070C9A96" w14:textId="03ADEC99" w:rsidR="00B57D28" w:rsidRPr="0087368C" w:rsidRDefault="000D2090" w:rsidP="00CD537B">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0087368C">
+        <w:t xml:space="preserve">Miejsce zbiórki: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD537B" w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve">Autorska Galeria Bronisława Chromego, Park Decjusza, Wola </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD537B" w:rsidRPr="00CD537B">
+        <w:t>Justowska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD537B" w:rsidRPr="00CD537B">
+        <w:t>, ul. Krańcowa 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09931A21" w14:textId="5E80C0E9" w:rsidR="00B57D28" w:rsidRDefault="005C3A40" w:rsidP="005C3A40">
+      <w:pPr>
+        <w:pStyle w:val="Przewodnik"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0087368C">
+        <w:lastRenderedPageBreak/>
+        <w:t>Grażyna Chromy-Rościszewska (Fundacja im. Bronisława Chromego)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E920D7" w:rsidRPr="0087368C">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E920D7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C3A40">
+        <w:t>Justyna Kasińska (Muzeum Krakowa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5E08DA" w14:textId="77777777" w:rsidR="00B57D28" w:rsidRDefault="00B57D28" w:rsidP="00B57D28">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BB46AC3" w14:textId="77777777" w:rsidR="009908C8" w:rsidRDefault="009908C8" w:rsidP="00B57D28">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="594F7141" w14:textId="5D7C7294" w:rsidR="00B57D28" w:rsidRDefault="00CD537B" w:rsidP="0007585C">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve">W 2025 r. przypada setna rocznica urodzin Bronisława Chromego. Z tej okazji Muzeum Krakowa oraz Fundacja im. Bronisława Chromego zorganizowały jubileuszowe wystawy, które można zwiedzać w Pałacu Krzysztofory oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t xml:space="preserve">w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve">Autorskiej Galerii Bronisława Chromego w Parku Decjusza. O ile większość osób łączy Bronisława Chromego z rzeźbą animalistyczną, o tyle nie wszyscy pamiętają, że w bogatym portfolio artysty znalazły się także inne cykle rzeźbiarskie (m.in. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725" w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve">ykl </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve">oświęcimski, cykle kosmologiczny czy </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t xml:space="preserve">cykl </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t>muzyczny). Sam artysta nie rezygnował ze stosowania rozmaitych technik artystycznych, które świadczą o jego olbrzymiej wszechstronności. Spotkanie w Galerii Autorskiej Bronisława Chromego będzie okazją nie tylko do poznania najwcześniejszych dzieł artysty, prezentowany</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve"> na wystawie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003111A2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Bronisław Chromy od początku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t>, ale także do zapoznania się z warsztatem samego rzeźbiarza. Opowieści na temat artysty przybliży jego córka</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve"> Grażyna Chromy-Rościszewska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64022B5C" w14:textId="77777777" w:rsidR="00B57D28" w:rsidRDefault="00B57D28" w:rsidP="00B57D28">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A54BE0" w14:textId="5C707543" w:rsidR="005F3634" w:rsidRDefault="005F3634" w:rsidP="005F3634">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="614F663A" w14:textId="77777777" w:rsidR="000D2090" w:rsidRDefault="000D2090" w:rsidP="005F3634">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01EDF64C" w14:textId="2A1ED684" w:rsidR="00FB07DB" w:rsidRDefault="00D62EBA" w:rsidP="00580B62">
+      <w:pPr>
+        <w:pStyle w:val="Tytu"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>SPOTKANIA ON</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB07DB" w:rsidRPr="00FB07DB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>LINE</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1363">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB07DB" w:rsidRPr="00FB07DB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6336AE08" w14:textId="77777777" w:rsidR="008C307E" w:rsidRDefault="008C307E" w:rsidP="008C307E">
+      <w:pPr>
+        <w:pStyle w:val="Tytu"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+        </w:rPr>
         <w:t>Wykłady</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43BF6763" w14:textId="77777777" w:rsidR="008C307E" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20EE0BD2" w14:textId="7DB273DD" w:rsidR="008C307E" w:rsidRPr="00224FB3" w:rsidRDefault="005C3A40" w:rsidP="008C307E">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005C3A40">
+    <w:p w14:paraId="20EE0BD2" w14:textId="0067E63B" w:rsidR="008C307E" w:rsidRPr="00224FB3" w:rsidRDefault="00D57F08" w:rsidP="008C307E">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57F08">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Dostępność niejedno ma imię</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D2090">
+        <w:t>Królestwo pani domu – życie domowe w XIX</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F3B">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> w.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67483C5F" w14:textId="77777777" w:rsidR="008C307E" w:rsidRPr="00E5441D" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5940F47B" w14:textId="5AD028CE" w:rsidR="008C307E" w:rsidRDefault="005C3A40" w:rsidP="008C307E">
+    <w:p w14:paraId="5940F47B" w14:textId="61175711" w:rsidR="008C307E" w:rsidRDefault="00D57F08" w:rsidP="008C307E">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>9 października</w:t>
+        <w:t>20 listopada</w:t>
       </w:r>
       <w:r w:rsidR="008C307E">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="000D2090">
         <w:t>czwartek</w:t>
       </w:r>
       <w:r w:rsidR="008C307E">
         <w:t>), godz. 16.00</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BF00912" w14:textId="77777777" w:rsidR="008C307E" w:rsidRPr="007314EC" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Wykład </w:t>
       </w:r>
       <w:r w:rsidRPr="007314EC">
         <w:t>online na platformie ZOOM (link do spotkania zostanie przesłany uczestnikom w dniu wykładu)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3298D114" w14:textId="2890EAA1" w:rsidR="008C307E" w:rsidRDefault="005C3A40" w:rsidP="005C3A40">
+    <w:p w14:paraId="3298D114" w14:textId="2CF828B8" w:rsidR="008C307E" w:rsidRDefault="00D57F08" w:rsidP="005C3A40">
       <w:pPr>
         <w:pStyle w:val="Przewodnik"/>
       </w:pPr>
-      <w:r w:rsidRPr="005C3A40">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t>Małgorzata Kuciel</w:t>
       </w:r>
       <w:r w:rsidR="00B57D28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C307E">
         <w:t>(Muzeum Krakowa)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B99C86E" w14:textId="39699576" w:rsidR="008C307E" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55AFEAC7" w14:textId="51674967" w:rsidR="000D2090" w:rsidRPr="000D2090" w:rsidRDefault="005C3A40" w:rsidP="008C307E">
+    <w:p w14:paraId="1C3CBA9B" w14:textId="77777777" w:rsidR="009570B2" w:rsidRPr="00081201" w:rsidRDefault="009570B2" w:rsidP="009570B2">
+      <w:pPr>
+        <w:pStyle w:val="Uwagi"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5760F">
+        <w:t xml:space="preserve">Udział w zajęciach odbywających się w formule online potwierdza każdorazowo </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">na swojej liście </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5760F">
+        <w:t>prowadzący spotkan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ie. Osoby biorące w nim udział </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5760F">
+        <w:t xml:space="preserve">zobowiązane są do </w:t>
+      </w:r>
+      <w:r>
+        <w:t>podania swojego imienia i nazwiska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5760F">
+        <w:t xml:space="preserve"> umożliwiających ich jasną identyfikacją. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13217">
+        <w:t xml:space="preserve">Brak </w:t>
+      </w:r>
+      <w:r>
+        <w:t>podania takich informacji będzie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13217">
+        <w:t xml:space="preserve"> równoznaczny z brakiem obecności na zajęciach, a tym samym ich niezaliczeniem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5760F">
+        <w:t>Osoby biorące udział w zajęciach odbywających się w formule online w swoich indeksach w rubryce „podpis prowadzącego” pozostawiają puste miejsce</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40046810" w14:textId="77777777" w:rsidR="001A6E08" w:rsidRDefault="001A6E08" w:rsidP="008C307E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="005C3A40">
-[...4 lines deleted...]
-        <w:t>Krakowa, choć pogrążona w półmroku, z schodami i wąskimi drzwiami - jest przyjazna dla osób o specjalnych potrzebach. Podczas spotkania online opowiemy w jaki sposób.  Przedstawimy dostępne pomoce edukacyjne i wyjaśnimy jak można z nich korzystać, opowiemy o tym co mamy ukryte w biurze i czym chętnie się podzielimy, a także wskażemy gdzie szukać ramp i podjazdów. Zdobyta podczas wykładu wiedza z pewnością okaże się przydatna w pracy przewodnika.  Zapraszamy serdecznie!</w:t>
+    </w:p>
+    <w:p w14:paraId="4CFCFDB9" w14:textId="77777777" w:rsidR="001A6E08" w:rsidRDefault="001A6E08" w:rsidP="008C307E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55AFEAC7" w14:textId="3894C21B" w:rsidR="000D2090" w:rsidRPr="000D2090" w:rsidRDefault="00D57F08" w:rsidP="008C307E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57F08">
+        <w:t>Gdy mężczyźni robili kariery i podbijali świat, zadaniem kobiety na przestrzeni wieków była przede wszystkim troska o ognisko domowe. Chociaż XIX w</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57F08">
+        <w:t xml:space="preserve"> przyniósł powolną aktywizację zawodową kobiet, to jednak większość panien z wyższych sfer wciąż przygotowywała się do małżeństwa i objęcia obowiązków pani domu. Zapraszamy na wykład, w trakcie którego opowiemy o życiu codziennym – a może domowym? – w XIX </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2725">
+        <w:t xml:space="preserve">w. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57F08">
+        <w:t>oraz ukażemy zachowane pamiątki kultury materialnej</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3A40" w:rsidRPr="005C3A40">
+        <w:t>. Zapraszamy serdecznie!</w:t>
       </w:r>
       <w:r w:rsidR="000D2090">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B0E404" w14:textId="7E2850BB" w:rsidR="000D2090" w:rsidRDefault="000D2090" w:rsidP="008C307E">
+    <w:p w14:paraId="6BAE099F" w14:textId="0277E005" w:rsidR="000D2090" w:rsidRDefault="000D2090" w:rsidP="008C307E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BAE099F" w14:textId="0277E005" w:rsidR="000D2090" w:rsidRDefault="000D2090" w:rsidP="008C307E">
+    <w:p w14:paraId="01789FCE" w14:textId="60CF8A93" w:rsidR="00695D2F" w:rsidRPr="00F809AC" w:rsidRDefault="00695D2F" w:rsidP="008C307E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...231 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5A9C4DA0" w14:textId="77777777" w:rsidR="008C307E" w:rsidRPr="00385575" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00385575">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="287A0598" wp14:editId="6C354FBD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-201295</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>155576</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6115616" cy="1847850"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
@@ -767,1020 +1514,768 @@
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:roundrect w14:anchorId="263C6247" id="Prostokąt zaokrąglony 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-15.85pt;margin-top:12.25pt;width:481.55pt;height:145.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdZoRZmAIAACIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx0HSdoGTYogXYcB&#10;RRssHXpmZDk2KkuapHz13n/WH7Yn2f1Yt8Mw7CKTJkU+ko86O983im2l87XRE54f9TiTWpii1usJ&#10;/357+emEMx9IF6SMlhN+kJ6fTz9+ONvZseybyqhCOoYg2o93dsKrEOw4y7yoZEP+yFipYSyNayhA&#10;deuscLRD9EZl/V5vlO2MK6wzQnqPvxetkU9T/LKUItyUpZeBqQkHtpBOl85VPLPpGY3XjmxViw4G&#10;/QOKhmqNpC+hLigQ27j6t1BNLZzxpgxHwjSZKctayFQDqsl776pZVmRlqgXN8falTf7/hRXX24Vj&#10;dYHZcaapwYgWABjM/dNjYA9k7t3T4xqzO7A8Nmtn/Rh3lnbhOs1DjJXvS9fEL2pi+9Tgw0uD5T4w&#10;gZ+jPB+O8hFnArb8ZHB8MkwjyF6vW+fDF2kaFoUJd2aji28YY+ouba98QF74P/vFlNpc1kqlUSrN&#10;dhN+OuwPkYRAqFJRgNhYlOj1mjNSazBVBJcieqPqIt6Ocbxbr+bKsS2BLYPBcX8+iDUj2y9uMfUF&#10;+ar1S6aWRwlsglFJKj7rgoWDRUc1qM8jrkYWnCmJ/FFKnoFq9TeeAKF0BCkTq7s+xHG0A4jSyhQH&#10;TNOZlubeissaWK/IhwU58BobgF0NNzhKZQDIdBJnlXEPf/of/UE3WFEB9gRd/LEhh3rUVw0inuaD&#10;QVyspAyGx30o7q1l9daiN83coLkgG9AlMfoH9SyWzjR3WOlZzAoTaYHc7bw6ZR7a/cWjIORsltyw&#10;TJbClV5aEYPHPsUp3e7vyNmOSgEsvDbPO0Xjd2RqfVs6zTbBlHVi2mtfQYSoYBETJbpHI276Wz15&#10;vT5t058AAAD//wMAUEsDBBQABgAIAAAAIQCusGmM4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/LTsMwEEX3SPyDNUjsWufRlBIyqXgqbBBqWrF2YzeJiMdR7KSBr8esYDm6R/eeybaz7tikBtsa&#10;QgiXATBFlZEt1QiH/ctiA8w6QVJ0hhTCl7KwzS8vMpFKc6admkpXM19CNhUIjXN9yrmtGqWFXZpe&#10;kc9OZtDC+XOouRzE2ZfrjkdBsOZatOQXGtGrx0ZVn+WoEYr923qMp4fimZf9dxF9vL8+HU6I11fz&#10;/R0wp2b3B8OvvleH3DsdzUjSsg5hEYc3HkWIVgkwD9zG4QrYESEOkwR4nvH/L+Q/AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAN1mhFmYAgAAIgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK6waYziAAAACgEAAA8AAAAAAAAAAAAAAAAA8gQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" filled="f" strokecolor="#4472c4"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395AE371" w14:textId="77777777" w:rsidR="008C307E" w:rsidRPr="00385575" w:rsidRDefault="008C307E" w:rsidP="008C307E">
+    <w:p w14:paraId="395AE371" w14:textId="2731B5AF" w:rsidR="008C307E" w:rsidRPr="00EB3F3B" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385575">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>WAGA</w:t>
       </w:r>
       <w:r w:rsidRPr="00385575">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">! Na wszystkie powyższe spotkania konieczna jest rezerwacja miejsc </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00385575">
+      <w:r w:rsidRPr="00EB3F3B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>za pośrednictwem formularza dostępnego pod adresem</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>za pośrednictwem formularza dostępnego pod adresem:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB3F3B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00385575">
+        <w:r w:rsidR="003111A2" w:rsidRPr="005C3EA7">
           <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
             <w:b/>
-            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:szCs w:val="24"/>
-            <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://muzeumkrakowa.pl/formularz-przewodnik-dla-zaawansowanych</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="003111A2">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6ED44A9A" w14:textId="77777777" w:rsidR="008C307E" w:rsidRPr="00385575" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="613EED01" w14:textId="77777777" w:rsidR="008C307E" w:rsidRPr="00385575" w:rsidRDefault="008C307E" w:rsidP="008C307E">
+    <w:p w14:paraId="613EED01" w14:textId="0E9EE816" w:rsidR="008C307E" w:rsidRPr="00385575" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="7CB9B8"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385575">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W przypadku rezygnacji z zarezerwowanych zajęć</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00385575">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> prosimy o pilne przekazanie informacji do Działu Edukacji (</w:t>
+        <w:t xml:space="preserve"> prosimy o pilne przekazanie informacji do Działu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB3F3B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Edukacji (</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00385575">
+        <w:r w:rsidR="003111A2" w:rsidRPr="005C3EA7">
           <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
             <w:b/>
-            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:kern w:val="20"/>
             <w:szCs w:val="24"/>
-            <w:u w:val="single"/>
           </w:rPr>
           <w:t>przewodnicy@muzeumkrakowa.pl</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00EB3F3B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, +48 12 422 52 12 (wew. 12). Zwolnione miejsca wyświetlą się w formularzu ponownie jako dostępne</w:t>
+      </w:r>
       <w:r w:rsidRPr="00385575">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...23 lines deleted...]
-        <w:t>. Zwolnione miejsca wyświetlą się w formularzu ponownie jako dostępne. Zachęcamy więc do śledzenia zmian w formularzu w ciągu całego miesiąca</w:t>
+        <w:t>. Zachęcamy więc do śledzenia zmian w formularzu w ciągu całego miesiąca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46173154" w14:textId="77777777" w:rsidR="008C307E" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4809CBBA" w14:textId="2D679FBE" w:rsidR="00695D2F" w:rsidRDefault="00695D2F" w:rsidP="008C307E">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7B68109D" w14:textId="77777777" w:rsidR="00B5141B" w:rsidRPr="00385575" w:rsidRDefault="00B5141B" w:rsidP="008C307E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6967A4D5" w14:textId="77777777" w:rsidR="00764C43" w:rsidRDefault="00764C43" w:rsidP="008C307E">
+    <w:p w14:paraId="1B22CA0C" w14:textId="65E3A617" w:rsidR="008C307E" w:rsidRPr="009E577C" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="009E577C">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>WYDARZENIA W RAMACH INNYCH CYKLI MUZEALNYCH:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B591DB" w14:textId="77777777" w:rsidR="001A35F6" w:rsidRDefault="001A35F6" w:rsidP="001A35F6">
+    <w:p w14:paraId="13B591DB" w14:textId="3F0F8FC0" w:rsidR="001A35F6" w:rsidRDefault="001A35F6" w:rsidP="001A35F6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76B4647E" w14:textId="1178BA43" w:rsidR="001A35F6" w:rsidRPr="00B5141B" w:rsidRDefault="0087693D" w:rsidP="001A35F6">
+    <w:p w14:paraId="57B1FC02" w14:textId="047400FD" w:rsidR="00FE2513" w:rsidRPr="00B5141B" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0087693D">
+      <w:r w:rsidRPr="00FE2513">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Ulica Zamojskiego – zanurzona w historii</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="01803E39" w14:textId="506CBB11" w:rsidR="001A35F6" w:rsidRPr="00286753" w:rsidRDefault="0087693D" w:rsidP="001A35F6">
+        <w:t>Celebrytka i wizjoner. Helena Modrzejewska i Stanisław Wyspiański</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621DC7FE" w14:textId="1D37B9C8" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>4 października</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001A35F6" w:rsidRPr="00286753">
+        <w:t>13 listopada</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="001A35F6">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A35F6" w:rsidRPr="00286753">
+      <w:r>
+        <w:t>czwartek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
         <w:t>), godz. 1</w:t>
       </w:r>
       <w:r>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001A35F6" w:rsidRPr="00286753">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
         <w:t>.00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FDFBB58" w14:textId="3F734B86" w:rsidR="001A35F6" w:rsidRPr="00286753" w:rsidRDefault="0087693D" w:rsidP="0087693D">
+    <w:p w14:paraId="2B8E515D" w14:textId="77777777" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Miejsce zbiórki: </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="3522E002" w14:textId="5AD619E9" w:rsidR="001A35F6" w:rsidRPr="00286753" w:rsidRDefault="0087693D" w:rsidP="0087693D">
+        <w:t xml:space="preserve">Rydlówka, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63735">
+        <w:t>ul. Włodzimierza Tetmajera 28</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD41A74" w14:textId="31B6A9D9" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
       <w:pPr>
         <w:pStyle w:val="Przewodnik"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087693D">
-[...66 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00FE2513">
+        <w:t>Alicja Kędziora</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D079A6D" w14:textId="77777777" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
+      <w:pPr>
+        <w:pStyle w:val="Cena"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve">wykład w ramach </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
+        </w:rPr>
+        <w:t>Herbatki u Rydlów</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BC099C" w14:textId="77777777" w:rsidR="00FE2513" w:rsidRPr="00B5141B" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0087693D">
-[...124 lines deleted...]
-    <w:p w14:paraId="772DD5E4" w14:textId="77777777" w:rsidR="00286753" w:rsidRPr="00B5141B" w:rsidRDefault="00286753" w:rsidP="00286753">
+    </w:p>
+    <w:p w14:paraId="55A9D6F2" w14:textId="77777777" w:rsidR="009570B2" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE2513">
+        <w:t xml:space="preserve">Oto bohaterowie opowieści – Modrzejewska i Wyspiański. Zapraszamy Państwa na opowieść o przyjaźni, wzajemnym szacunku, a nawet zauroczeniu dwójki artystów, których teatr budził Polskę. Celebrytka i wizjoner. Dlaczego „gwiazda dwóch kontynentów” pisała do młodszego od siebie niemalże 30 lat poety „Mój Mistrzu”? Dlaczego Wyspiański powierzył rolę Marii, młodej kochanki odchodzącego na bitwę o </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163EA5EF" w14:textId="77777777" w:rsidR="009570B2" w:rsidRDefault="009570B2" w:rsidP="00FE2513">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13C9807D" w14:textId="6FA7DFB9" w:rsidR="00FE2513" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE2513">
+        <w:t>Olszynkę żołnierza, 63-letniej aktorce? Co takiego zafascynowało Modrzejewską, lubującą się w kosztownych kostiumach o współczesnym kroju, w klasycznej sukni Laodamii, bohaterki dramatu Wyspiańskiego? Na to i inne pytania postara się odpowiedzieć Alicja Kędziora, profesor uczelni UJ, wiceprezes Fundacji dla Modrzejewskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3452F495" w14:textId="77777777" w:rsidR="00FE2513" w:rsidRPr="00B5141B" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1581E28A" w14:textId="77777777" w:rsidR="00E920D7" w:rsidRDefault="00600191" w:rsidP="00600191">
-[...93 lines deleted...]
-    <w:p w14:paraId="0E636DBE" w14:textId="0E7B30BA" w:rsidR="00286753" w:rsidRDefault="00286753" w:rsidP="00286753">
+    <w:p w14:paraId="6D7DC24E" w14:textId="32DDADE5" w:rsidR="00FE2513" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00286753">
         <w:t xml:space="preserve">Udział bezpłatny, </w:t>
       </w:r>
-      <w:r w:rsidR="00600191">
-[...214 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">konieczna rezerwacja miejsc w Centrum Obsługi Zwiedzających, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D63735">
-        <w:rPr>
-[...104 lines deleted...]
-      <w:r w:rsidR="00D63735" w:rsidRPr="00D63735">
         <w:t xml:space="preserve">Rynek Główny 35, telefon: (12) 426 50 60, email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00D63735" w:rsidRPr="009D0DCE">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="003111A2" w:rsidRPr="005C3EA7">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
           </w:rPr>
           <w:t>info@muzeumkrakowa.pl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00286753">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00600191">
         <w:t>Pytania w sprawie wydarzenia prosimy kierować na adres</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00D63735" w:rsidRPr="009D0DCE">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="003111A2" w:rsidRPr="005C3EA7">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
           </w:rPr>
           <w:t>rydlowka@muzeumkrakowa.pl</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D63735">
+      <w:r w:rsidR="003111A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="530A92E3" w14:textId="77777777" w:rsidR="00FE2513" w:rsidRDefault="00FE2513" w:rsidP="001A35F6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76B4647E" w14:textId="17FDA3DF" w:rsidR="001A35F6" w:rsidRPr="00B5141B" w:rsidRDefault="002917B7" w:rsidP="001A35F6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002917B7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Jesień w życiu codziennym okresu wczesnego średniowiecza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01803E39" w14:textId="583C4E56" w:rsidR="001A35F6" w:rsidRPr="00286753" w:rsidRDefault="002917B7" w:rsidP="001A35F6">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>25 listopada</w:t>
+      </w:r>
+      <w:r w:rsidR="001A35F6" w:rsidRPr="00286753">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00451261">
+        <w:t>wtorek</w:t>
+      </w:r>
+      <w:r w:rsidR="001A35F6" w:rsidRPr="00286753">
+        <w:t>), godz. 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="001A35F6" w:rsidRPr="00286753">
+        <w:t>.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FDFBB58" w14:textId="4124B36B" w:rsidR="001A35F6" w:rsidRPr="00286753" w:rsidRDefault="002917B7" w:rsidP="0087693D">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rynek Podziemny, Rynek Główny 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3522E002" w14:textId="3A1514D6" w:rsidR="001A35F6" w:rsidRDefault="002917B7" w:rsidP="0087693D">
+      <w:pPr>
+        <w:pStyle w:val="Przewodnik"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Mateusz Miśków</w:t>
+      </w:r>
+      <w:r w:rsidR="00451261">
+        <w:t xml:space="preserve"> (Muzeum Krakowa) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A205039" w14:textId="3F73EE20" w:rsidR="002917B7" w:rsidRPr="002917B7" w:rsidRDefault="002917B7" w:rsidP="002917B7">
+      <w:pPr>
+        <w:pStyle w:val="Cena"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">wykład w ramach wydarzenia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002917B7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Jesień średniowiecza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D279168" w14:textId="77777777" w:rsidR="0087693D" w:rsidRDefault="0087693D" w:rsidP="00764C43">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25A858CC" w14:textId="7F1B493F" w:rsidR="001A35F6" w:rsidRDefault="002917B7" w:rsidP="00451261">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002917B7">
+        <w:t>Wykład z wykorzystaniem elementów ekspozycji. W jego trakcie zostanie omówione życie codzienne mieszkańców grodów i osad w kontekście nadchodzącej zimy i</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2215">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002917B7">
+        <w:t xml:space="preserve">towarzyszących temu zajęć. Jesień była okresem przygotowań, od których zależało, czy </w:t>
+      </w:r>
+      <w:r w:rsidR="006E2215">
+        <w:t xml:space="preserve">ludziom </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002917B7">
+        <w:t xml:space="preserve">uda się </w:t>
+      </w:r>
+      <w:r w:rsidR="006E2215">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002917B7">
+        <w:t xml:space="preserve">rzetrwać… Dowiecie się o tym; gdzie gromadzono i jak przechowywano zapasy, w jaki sposób konstruowano chaty, aby zachować w ich wnętrzu ciepło oraz jak przygotowywano się na nadchodzące zimno. W dalszej części porozmawiamy również o świętach zmarłych i kulcie przodków związanych z tym okresem oraz związanymi z nimi wierzeniami i tradycjami, a także </w:t>
+      </w:r>
+      <w:r w:rsidR="006E2215">
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002917B7">
+        <w:t>ich śladach w czasach współczesnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AE3998" w14:textId="77777777" w:rsidR="00764C43" w:rsidRDefault="00764C43" w:rsidP="00764C43">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4663418E" w14:textId="4DFCC8E1" w:rsidR="001A35F6" w:rsidRPr="001A35F6" w:rsidRDefault="00D94D8A" w:rsidP="001A35F6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Udział bezpłatny.</w:t>
+      </w:r>
+      <w:r w:rsidR="0087693D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="685E7338" w14:textId="77777777" w:rsidR="001A35F6" w:rsidRDefault="001A35F6" w:rsidP="008C307E">
+      <w:r>
+        <w:t>Pobranie wejściówki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D94D8A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">będzie odbywać się online przez stronę </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="007E3D8F">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+          </w:rPr>
+          <w:t>https://bilety.mhk.pl/rezerwacja/lokalizacja.html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001A35F6">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A35F6">
+        <w:t xml:space="preserve">Pytania w sprawie wydarzenia prosimy kierować na adres </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="003111A2" w:rsidRPr="005C3EA7">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+          </w:rPr>
+          <w:t>rynek@muzeumkrakowa.pl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003111A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="397620F7" w14:textId="4756472F" w:rsidR="0012282A" w:rsidRDefault="0012282A" w:rsidP="0012282A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DF5C008" w14:textId="46DEB7F7" w:rsidR="00451261" w:rsidRPr="00B5141B" w:rsidRDefault="00451261" w:rsidP="00451261">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00451261">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Rynek krakowski, którego nie ma. Historyczna topografia głównej przestrzeni publicznej miasta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D4C434" w14:textId="2FA7FB74" w:rsidR="00451261" w:rsidRPr="00286753" w:rsidRDefault="00451261" w:rsidP="00451261">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>26 listopada</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>środa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t>), godz. 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t>.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6877DBCD" w14:textId="77777777" w:rsidR="00451261" w:rsidRPr="00286753" w:rsidRDefault="00451261" w:rsidP="00451261">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rynek Podziemny, Rynek Główny 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59382A4D" w14:textId="393934B6" w:rsidR="00451261" w:rsidRDefault="00451261" w:rsidP="00451261">
+      <w:pPr>
+        <w:pStyle w:val="Przewodnik"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">dr Dominik </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Lulewicz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (Muzeum Krakowa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ABBBC37" w14:textId="796B1EA3" w:rsidR="00451261" w:rsidRPr="002917B7" w:rsidRDefault="00451261" w:rsidP="00451261">
+      <w:pPr>
+        <w:pStyle w:val="Cena"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">oprowadzanie w ramach wydarzenia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002917B7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Jesień średniowiecza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F306790" w14:textId="77777777" w:rsidR="00451261" w:rsidRDefault="00451261" w:rsidP="00451261">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F01FA7F" w14:textId="2E21811B" w:rsidR="00451261" w:rsidRDefault="00451261" w:rsidP="00451261">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00451261">
+        <w:t xml:space="preserve">Współczesne oblicze krakowskiego </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F3B">
+        <w:t xml:space="preserve">Rynku Głównego </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451261">
+        <w:t>stanowi w dużej mierze efekt przeobrażeń zachodzących w ciągu ostatnich dwóch wieków. Wywodząca się z</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F3B">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451261">
+        <w:t>oświeceniowej urbanistyki idea „upięknienia” miasta w praktyce przekładała się na wyburzanie „bezużytecznej” zabudowy bez oglądania się na jej wartości historyczne. Z kolei inne budynki (np. przyrynkowe kamienice) w toku przemian, dyktowanych nowożytnymi modami, utraciły swą średniowieczną postać. W tym kontekście spacer po podziemiach Rynku Głównego stanowić będzie wyjątkową okazję do przyjrzenia się odkrytym przez archeologów reliktom dawnej zabudowy, pamiętającej nawet czasy tuż po lokacji Krakowa w 1257 r. W trakcie oprowadzania zostaną rozczytane formy i funkcje obiektów wraz z osadzeniem ich w historycznej przestrzeni miejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F3A549" w14:textId="77777777" w:rsidR="00451261" w:rsidRDefault="00451261" w:rsidP="00451261">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1318E8D8" w14:textId="442BC031" w:rsidR="00451261" w:rsidRPr="001A35F6" w:rsidRDefault="00D94D8A" w:rsidP="00451261">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D94D8A">
+        <w:t xml:space="preserve">Zajęcia w cenie wstępu biletu na wystawę. Zakup biletów </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">będzie odbywać się online przez stronę </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="007E3D8F">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+          </w:rPr>
+          <w:t>https://bilety.mhk.pl/rezerwacja/lokalizacja.html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00451261" w:rsidRPr="001A35F6">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00451261">
+        <w:t xml:space="preserve"> Pytania w sprawie wydarzenia prosimy kierować na adres </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="003111A2" w:rsidRPr="005C3EA7">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+          </w:rPr>
+          <w:t>rynek@muzeumkrakowa.pl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003111A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F59E61" w14:textId="10C9D3F2" w:rsidR="00451261" w:rsidRDefault="00451261" w:rsidP="0012282A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="388D3CAE" w14:textId="25E7EF02" w:rsidR="008C307E" w:rsidRPr="00385575" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00385575">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5440F65A" wp14:editId="5B37BBBA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-201295</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>158750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6076950" cy="1060450"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="25400"/>
@@ -1924,585 +2419,917 @@
       <w:r w:rsidRPr="00385575">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NIE prowadzi Dział Edukacji. Sposób rezerwacji miejsc i ewentualne informacje o kosztach udziału zostały podane przy każdych zajęciach osobno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CBCA573" w14:textId="77777777" w:rsidR="008C307E" w:rsidRDefault="008C307E" w:rsidP="008C307E">
+    <w:p w14:paraId="2CBCA573" w14:textId="1E7C6FBB" w:rsidR="008C307E" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75948009" w14:textId="6D23A6FF" w:rsidR="008C307E" w:rsidRDefault="00695D2F" w:rsidP="008C307E">
-[...1 lines deleted...]
-        <w:spacing w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="26D7090A" w14:textId="77777777" w:rsidR="00A678DF" w:rsidRDefault="00A678DF" w:rsidP="008C307E">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="75948009" w14:textId="6D23A6FF" w:rsidR="008C307E" w:rsidRDefault="00695D2F" w:rsidP="008C307E">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>K</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C307E" w:rsidRPr="00FB07DB">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="008C307E" w:rsidRPr="00FB07DB">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>ALENDARIUM:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C415707" w14:textId="77777777" w:rsidR="008C307E" w:rsidRPr="00C55AD4" w:rsidRDefault="008C307E" w:rsidP="008C307E">
+    <w:p w14:paraId="18954EC1" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B"/>
+    <w:p w14:paraId="32FB0ADF" w14:textId="3913D457" w:rsidR="00A0461B" w:rsidRPr="008754D1" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3.11.2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:t>, godz. 14.00</w:t>
+      </w:r>
+      <w:r w:rsidR="003111A2">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Wojenne dzieci</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">specjalistyczne oprowadzanie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">kuratorskie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>po wystawie czasowej</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – grupa I (B</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F3B">
+        <w:t>eata</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Łabno)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DCCECC" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00175972">
+        <w:t>Fabryka Emalia Oskara Schindlera, ul. Lipowa 4</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F65462" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D0FF923" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>7.11.2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087368C">
+        <w:t>, godz.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087368C">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087368C">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087368C">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Z wizytą u mistrza Chromego</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – grupa I (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087368C">
+        <w:t>Grażyna Chromy-Rościszewska</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C3A40">
+        <w:t>Justyna Kasińska</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D57CC5" w14:textId="4647CEE0" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0087368C">
+        <w:t xml:space="preserve">Miejsce zbiórki: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve">Autorska Galeria Bronisława Chromego, Park Decjusza, Wola </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t>Justowska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t>, ul. Krańcowa 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA32E5F" w14:textId="049AF2EA" w:rsidR="00FE2513" w:rsidRPr="00B5141B" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="22AEF1A7" w14:textId="7F61DC3F" w:rsidR="00E920D7" w:rsidRPr="00286753" w:rsidRDefault="00E920D7" w:rsidP="00E920D7">
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2836F364" w14:textId="60E6B06C" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>4</w:t>
-[...2 lines deleted...]
-        <w:t>.10.2025</w:t>
+        <w:t>13.11.2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00286753">
         <w:t>, godz. 1</w:t>
       </w:r>
       <w:r>
-        <w:t>1</w:t>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00286753">
         <w:t>.00</w:t>
       </w:r>
-      <w:r w:rsidR="00A27261">
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A27261" w:rsidRPr="0087693D">
+      <w:r w:rsidRPr="00FE2513">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Ulica Zamojskiego – zanurzona w historii</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Iwona </w:t>
+        <w:t>Celebrytka i wizjoner. Helena Modrzejewska i Stanisław Wyspiański</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(Alicja Kędziora)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2406FD" w14:textId="77777777" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Rydlówka, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63735">
+        <w:t>ul. Włodzimierza Tetmajera 28</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71206F39" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRPr="00E73F0F" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0457DFDD" w14:textId="48C5D84F" w:rsidR="00A0461B" w:rsidRPr="008754D1" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>17.11.2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:t>, godz. 14.00</w:t>
+      </w:r>
+      <w:r w:rsidR="003111A2">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Wojenne dzieci</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">specjalistyczne oprowadzanie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">kuratorskie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>po wystawie czasowej</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – grupa II (B</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F3B">
+        <w:t>eata</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Łabno)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A33C208" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00175972">
+        <w:t>Fabryka Emalia Oskara Schindlera, ul. Lipowa 4</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA76ED7" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28542851" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>18.11.2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087368C">
+        <w:t>, godz.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087368C">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087368C">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087368C">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Z wizytą u mistrza Chromego</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – grupa II (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087368C">
+        <w:t>Grażyna Chromy-Rościszewska</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C3A40">
+        <w:t>Justyna Kasińska</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9B68CB" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRPr="0087368C" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0087368C">
+        <w:t xml:space="preserve">Miejsce zbiórki: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve">Autorska Galeria Bronisława Chromego, Park Decjusza, Wola </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A27261" w:rsidRPr="0087693D">
-        <w:t>Wernikowska</w:t>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t>Justowska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A27261">
+      <w:r w:rsidRPr="00CD537B">
+        <w:t>, ul. Krańcowa 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48100485" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRPr="007F234E" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="298A34D0" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>19.11.2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73F0F">
+        <w:t xml:space="preserve">, godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Relacje polsko-żydowskie w okresie okupacji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>tematyczne oprowadzanie po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wystaw</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stałej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175972">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Bartosz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Heksel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00175972">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C796BB6" w14:textId="77777777" w:rsidR="00E920D7" w:rsidRPr="00286753" w:rsidRDefault="00E920D7" w:rsidP="00E920D7">
+    <w:p w14:paraId="74AAC6FE" w14:textId="4EDA95D0" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A23CB6">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Miejsce zbiórki: </w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="59C78E97" w14:textId="77777777" w:rsidR="00A27261" w:rsidRDefault="00A27261" w:rsidP="00A27261">
+        <w:t>Fabryka Emalia Oskara Schindlera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ul. Lipowa 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B2255B" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRPr="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56A0F482" w14:textId="03BB916B" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">9.10.2025, godz. 16.00, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C3A40">
+        <w:t>19.11.2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73F0F">
+        <w:t xml:space="preserve">, godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>15.00,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73F0F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Dostępność niejedno ma imię</w:t>
+        <w:t>Apteka Tadeusza Pankiewicza w getcie krakowskim</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>specjalistyczne oprowadzanie po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wystaw</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stałej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:t>(Katarzyna Kocik)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D11157" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t>Apteka pod Orłem, pl. Bohaterów Getta 18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9328F3" w14:textId="22828FA3" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05CD333D" w14:textId="2C336887" w:rsidR="00A678DF" w:rsidRDefault="00A678DF" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B3DD3D1" w14:textId="1DF3CB6D" w:rsidR="00A678DF" w:rsidRDefault="00A678DF" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CCFC78D" w14:textId="3A27337B" w:rsidR="00A678DF" w:rsidRDefault="00A678DF" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CEEC590" w14:textId="3F1DCA8D" w:rsidR="00A678DF" w:rsidRDefault="00A678DF" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74F067A0" w14:textId="77777777" w:rsidR="00A678DF" w:rsidRDefault="00A678DF" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A96ACF2" w14:textId="4DC66C7E" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">20.11.2025, godz. 16.00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57F08">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Królestwo pani domu – życie domowe w XIX</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3F3B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175972">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C3A40">
-[...6 lines deleted...]
-    <w:p w14:paraId="57B62034" w14:textId="77777777" w:rsidR="00A27261" w:rsidRPr="007314EC" w:rsidRDefault="00A27261" w:rsidP="00A27261">
+      <w:r>
+        <w:t>Małgorzata Kuciel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175972">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3175A25F" w14:textId="45C44E40" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Wykład </w:t>
       </w:r>
       <w:r w:rsidRPr="007314EC">
         <w:t>online na platformie ZOOM (link do spotkania zostanie przesłany uczestnikom w dniu wykładu)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023910EB" w14:textId="696D5857" w:rsidR="00E920D7" w:rsidRPr="00B5141B" w:rsidRDefault="00E920D7" w:rsidP="00E920D7">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="16FAC119" w14:textId="77777777" w:rsidR="00A678DF" w:rsidRPr="00A678DF" w:rsidRDefault="00A678DF" w:rsidP="00A678DF">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="724D2034" w14:textId="77777777" w:rsidR="003111A2" w:rsidRPr="003111A2" w:rsidRDefault="003111A2" w:rsidP="003111A2">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003111A2">
+        <w:t xml:space="preserve">24.11.2025, godz. 16.00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003111A2">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="624AC808" w14:textId="761A5E49" w:rsidR="00E920D7" w:rsidRPr="00286753" w:rsidRDefault="00E920D7" w:rsidP="00E920D7">
+        </w:rPr>
+        <w:t xml:space="preserve">Jak opowiadać o wojnie i Zagładzie w kontekście współczesnych zagrożeń i konfliktów – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003111A2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">tematyczne oprowadzanie po wystawie stałej </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003111A2">
+        <w:t xml:space="preserve">(Mateusz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003111A2">
+        <w:t>Zdeb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003111A2">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13D958D0" w14:textId="2FEA6F76" w:rsidR="003111A2" w:rsidRDefault="003111A2" w:rsidP="003111A2">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Fabryka Emalia Oskara Schindlera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD537B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ul. Lipowa 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC2CC6C" w14:textId="77777777" w:rsidR="003111A2" w:rsidRPr="003111A2" w:rsidRDefault="003111A2" w:rsidP="003111A2">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="034E53D7" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRPr="00286753" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-        <w:t>.10.2025</w:t>
+        <w:t>25.11.2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00286753">
         <w:t>, godz. 1</w:t>
       </w:r>
       <w:r>
-        <w:t>1</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00286753">
         <w:t>.00</w:t>
       </w:r>
-      <w:r w:rsidR="00A27261">
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A27261" w:rsidRPr="0087693D">
+      <w:r w:rsidRPr="002917B7">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Tworzenie się kanonu Biblii hebrajskiej </w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="69E8D1BE" w14:textId="5BD23B5E" w:rsidR="00E920D7" w:rsidRDefault="00E920D7" w:rsidP="00E920D7">
+        <w:t>Jesień w życiu codziennym okresu wczesnego średniowiecza</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Mateusz Miśków)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF30BAF" w14:textId="6964C8F3" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Stara Synagoga, </w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="72FF9FD1" w14:textId="538246E1" w:rsidR="0087368C" w:rsidRPr="0087368C" w:rsidRDefault="0087368C" w:rsidP="0087368C">
+        <w:t>Rynek Podziemny, Rynek Główny 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A7E03F1" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRPr="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C432E01" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRPr="00286753" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087368C">
-[...150 lines deleted...]
-        <w:t>.10.2025</w:t>
+      <w:r>
+        <w:t>26.11.2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00286753">
         <w:t>, godz. 1</w:t>
       </w:r>
       <w:r>
-        <w:t>8</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00286753">
         <w:t>.00</w:t>
       </w:r>
-      <w:r w:rsidR="00A27261">
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A27261" w:rsidRPr="00D63735">
+      <w:r w:rsidRPr="00451261">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Witrażowa wyobraźnia Młodej Polski</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00A27261">
+        <w:t>Rynek krakowski, którego nie ma. Historyczna topografia głównej przestrzeni publicznej miasta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(dr Dominik </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Lulewicz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA2C921" w14:textId="77777777" w:rsidR="00E920D7" w:rsidRPr="00286753" w:rsidRDefault="00E920D7" w:rsidP="00E920D7">
+    <w:p w14:paraId="614D4D97" w14:textId="169E6E82" w:rsidR="00A0461B" w:rsidRPr="003111A2" w:rsidRDefault="00A0461B" w:rsidP="009F49AD">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
-      <w:r>
-[...56 lines deleted...]
-    <w:p w14:paraId="036997EC" w14:textId="77777777" w:rsidR="007340F5" w:rsidRPr="00B5141B" w:rsidRDefault="007340F5" w:rsidP="007340F5">
+      <w:r w:rsidRPr="003111A2">
+        <w:t>Rynek Podziemny, Rynek Główny 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57022D18" w14:textId="77777777" w:rsidR="00A0461B" w:rsidRPr="003111A2" w:rsidRDefault="00A0461B" w:rsidP="00A0461B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C415707" w14:textId="77777777" w:rsidR="008C307E" w:rsidRPr="00C55AD4" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="007340F5" w:rsidRPr="00B5141B" w:rsidSect="00583EC6">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008C307E" w:rsidRPr="00C55AD4" w:rsidSect="00583EC6">
       <w:headerReference w:type="even" r:id="rId16"/>
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="1984" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3830B04B" w14:textId="77777777" w:rsidR="006D5B71" w:rsidRDefault="006D5B71" w:rsidP="00C02FFA">
+    <w:p w14:paraId="5702C495" w14:textId="77777777" w:rsidR="00340FF1" w:rsidRDefault="00340FF1" w:rsidP="00C02FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="645C6012" w14:textId="77777777" w:rsidR="006D5B71" w:rsidRDefault="006D5B71" w:rsidP="00C02FFA">
+    <w:p w14:paraId="479E37BB" w14:textId="77777777" w:rsidR="00340FF1" w:rsidRDefault="00340FF1" w:rsidP="00C02FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2550,111 +3377,111 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="7BD8F04D" w14:textId="77777777" w:rsidR="00935AA6" w:rsidRDefault="00935AA6">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="1EF96AB0" w14:textId="79830F24" w:rsidR="002762A2" w:rsidRPr="002762A2" w:rsidRDefault="006D5B71" w:rsidP="002762A2">
+  <w:p w14:paraId="1EF96AB0" w14:textId="79830F24" w:rsidR="002762A2" w:rsidRPr="002762A2" w:rsidRDefault="00340FF1" w:rsidP="002762A2">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidR="002762A2" w:rsidRPr="002762A2">
         <w:rPr>
           <w:rStyle w:val="Hipercze"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>WWW.MUZEUM</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="002762A2" w:rsidRPr="002762A2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>KRAKOWA.PL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="0E7F7C34" w14:textId="46C613E6" w:rsidR="00935AA6" w:rsidRDefault="00935AA6">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3AD9CCBA" w14:textId="77777777" w:rsidR="006D5B71" w:rsidRDefault="006D5B71" w:rsidP="00C02FFA">
+    <w:p w14:paraId="3B38D25D" w14:textId="77777777" w:rsidR="00340FF1" w:rsidRDefault="00340FF1" w:rsidP="00C02FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39F50391" w14:textId="77777777" w:rsidR="006D5B71" w:rsidRDefault="006D5B71" w:rsidP="00C02FFA">
+    <w:p w14:paraId="0CF842D6" w14:textId="77777777" w:rsidR="00340FF1" w:rsidRDefault="00340FF1" w:rsidP="00C02FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="2CAEEB5D" w14:textId="77777777" w:rsidR="00935AA6" w:rsidRDefault="00935AA6">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="53C83B0F" w14:textId="37F627C3" w:rsidR="00AC02B7" w:rsidRDefault="00935AA6">
     <w:pPr>
@@ -3017,93 +3844,93 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1056" type="#_x0000_t75" style="width:469.5pt;height:485.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:469.75pt;height:485.15pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="czas"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1057" type="#_x0000_t75" style="width:51.75pt;height:60pt" o:bullet="t">
+      <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:51.6pt;height:60.05pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="Bez nazwy-1"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="_x0000_i1058" type="#_x0000_t75" style="width:1in;height:1in" o:bullet="t">
+      <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:1in;height:1in" o:bullet="t">
         <v:imagedata r:id="rId3" o:title="Bez nazwy-12"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="3">
     <w:pict>
-      <v:shape id="_x0000_i1059" type="#_x0000_t75" style="width:1in;height:1in" o:bullet="t">
+      <v:shape id="_x0000_i1043" type="#_x0000_t75" style="width:1in;height:1in" o:bullet="t">
         <v:imagedata r:id="rId4" o:title="Bez nazwy-13"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="4">
     <w:pict>
-      <v:shape id="_x0000_i1060" type="#_x0000_t75" style="width:1in;height:1in" o:bullet="t">
+      <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:1in;height:1in" o:bullet="t">
         <v:imagedata r:id="rId5" o:title="Bez nazwy-14"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="5">
     <w:pict>
-      <v:shape id="_x0000_i1061" type="#_x0000_t75" style="width:8.25pt;height:12pt" o:bullet="t">
+      <v:shape id="_x0000_i1045" type="#_x0000_t75" style="width:8.1pt;height:11.95pt" o:bullet="t">
         <v:imagedata r:id="rId6" o:title="mhk_pdz_program_2021_miejsce"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="6">
     <w:pict>
-      <v:shape id="_x0000_i1062" type="#_x0000_t75" style="width:9.75pt;height:12pt" o:bullet="t">
+      <v:shape id="_x0000_i1046" type="#_x0000_t75" style="width:9.65pt;height:11.95pt" o:bullet="t">
         <v:imagedata r:id="rId7" o:title="mhk_pdz_program_2021_czas"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="066F76C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32CAF040"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -4544,345 +5371,372 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C5744"/>
     <w:rsid w:val="0000030C"/>
     <w:rsid w:val="00000B4D"/>
     <w:rsid w:val="00014245"/>
     <w:rsid w:val="000170AF"/>
     <w:rsid w:val="000217B2"/>
     <w:rsid w:val="00035CB0"/>
     <w:rsid w:val="0007585C"/>
     <w:rsid w:val="00081201"/>
     <w:rsid w:val="0008247A"/>
     <w:rsid w:val="0008550F"/>
     <w:rsid w:val="00094653"/>
     <w:rsid w:val="00094787"/>
     <w:rsid w:val="000A5207"/>
     <w:rsid w:val="000A60D1"/>
     <w:rsid w:val="000C5744"/>
+    <w:rsid w:val="000C646D"/>
     <w:rsid w:val="000D2090"/>
     <w:rsid w:val="000D7D70"/>
     <w:rsid w:val="00112560"/>
     <w:rsid w:val="0011496A"/>
     <w:rsid w:val="0012047B"/>
     <w:rsid w:val="0012282A"/>
     <w:rsid w:val="001403E2"/>
     <w:rsid w:val="0015329A"/>
     <w:rsid w:val="00156C81"/>
     <w:rsid w:val="001709A6"/>
     <w:rsid w:val="00172B73"/>
     <w:rsid w:val="00186551"/>
     <w:rsid w:val="00187F97"/>
     <w:rsid w:val="001A35F6"/>
+    <w:rsid w:val="001A6E08"/>
     <w:rsid w:val="001B5BD3"/>
     <w:rsid w:val="001C4186"/>
     <w:rsid w:val="001C45DE"/>
     <w:rsid w:val="001D0BA4"/>
     <w:rsid w:val="001D6EB3"/>
     <w:rsid w:val="001D74E3"/>
     <w:rsid w:val="001E0754"/>
     <w:rsid w:val="001E4A1F"/>
     <w:rsid w:val="001F62C3"/>
     <w:rsid w:val="002117AC"/>
     <w:rsid w:val="00215286"/>
     <w:rsid w:val="00224FB3"/>
     <w:rsid w:val="0023272A"/>
     <w:rsid w:val="002371AA"/>
     <w:rsid w:val="002405E6"/>
     <w:rsid w:val="002405EA"/>
     <w:rsid w:val="00264252"/>
     <w:rsid w:val="0026432B"/>
     <w:rsid w:val="002762A2"/>
     <w:rsid w:val="002823AC"/>
     <w:rsid w:val="00286753"/>
     <w:rsid w:val="00290648"/>
+    <w:rsid w:val="002917B7"/>
     <w:rsid w:val="00296C40"/>
     <w:rsid w:val="002A36FA"/>
     <w:rsid w:val="002B315C"/>
     <w:rsid w:val="002C0ED2"/>
     <w:rsid w:val="002F067D"/>
     <w:rsid w:val="002F6E23"/>
+    <w:rsid w:val="003111A2"/>
     <w:rsid w:val="00317582"/>
     <w:rsid w:val="00330F5E"/>
+    <w:rsid w:val="00340FF1"/>
     <w:rsid w:val="00343BD4"/>
     <w:rsid w:val="003569AA"/>
+    <w:rsid w:val="00365ED8"/>
     <w:rsid w:val="00372EF1"/>
     <w:rsid w:val="00372F8D"/>
     <w:rsid w:val="00374020"/>
     <w:rsid w:val="00381246"/>
     <w:rsid w:val="00381439"/>
     <w:rsid w:val="00382BA0"/>
     <w:rsid w:val="00391A64"/>
     <w:rsid w:val="003941DB"/>
     <w:rsid w:val="003A6871"/>
     <w:rsid w:val="003B0781"/>
     <w:rsid w:val="003D06CA"/>
     <w:rsid w:val="003E01EB"/>
     <w:rsid w:val="003E60DF"/>
     <w:rsid w:val="003F7D94"/>
     <w:rsid w:val="00411698"/>
     <w:rsid w:val="0041312C"/>
     <w:rsid w:val="00413A0D"/>
+    <w:rsid w:val="00420036"/>
     <w:rsid w:val="004218EB"/>
+    <w:rsid w:val="00451261"/>
     <w:rsid w:val="00454C97"/>
     <w:rsid w:val="0045786B"/>
     <w:rsid w:val="0046586B"/>
     <w:rsid w:val="00465F80"/>
     <w:rsid w:val="004A5FCE"/>
     <w:rsid w:val="004A7421"/>
     <w:rsid w:val="004C2D33"/>
     <w:rsid w:val="004C49A3"/>
     <w:rsid w:val="004C4E16"/>
     <w:rsid w:val="004F01AE"/>
     <w:rsid w:val="00515C11"/>
+    <w:rsid w:val="00522210"/>
     <w:rsid w:val="005233C3"/>
     <w:rsid w:val="005519A7"/>
     <w:rsid w:val="00580B62"/>
     <w:rsid w:val="005815E2"/>
     <w:rsid w:val="00583EC6"/>
     <w:rsid w:val="005932A6"/>
     <w:rsid w:val="005B0D7E"/>
     <w:rsid w:val="005B2B0D"/>
     <w:rsid w:val="005C0A8C"/>
     <w:rsid w:val="005C3A40"/>
+    <w:rsid w:val="005C6D3B"/>
     <w:rsid w:val="005D11C0"/>
+    <w:rsid w:val="005D2725"/>
     <w:rsid w:val="005D2D99"/>
     <w:rsid w:val="005E5D9A"/>
     <w:rsid w:val="005E6572"/>
     <w:rsid w:val="005F3634"/>
     <w:rsid w:val="00600191"/>
     <w:rsid w:val="00601DB6"/>
     <w:rsid w:val="00605FBB"/>
     <w:rsid w:val="00616B90"/>
+    <w:rsid w:val="0062603B"/>
     <w:rsid w:val="00655B39"/>
     <w:rsid w:val="006560FB"/>
     <w:rsid w:val="00676867"/>
     <w:rsid w:val="006833A0"/>
     <w:rsid w:val="00684419"/>
     <w:rsid w:val="00686D5F"/>
     <w:rsid w:val="006904BF"/>
     <w:rsid w:val="00695D2F"/>
     <w:rsid w:val="006A7462"/>
     <w:rsid w:val="006A75FD"/>
+    <w:rsid w:val="006B0AFD"/>
     <w:rsid w:val="006D4FA6"/>
     <w:rsid w:val="006D5B71"/>
+    <w:rsid w:val="006E2215"/>
     <w:rsid w:val="006E2280"/>
     <w:rsid w:val="007159BF"/>
     <w:rsid w:val="0071641E"/>
     <w:rsid w:val="00720886"/>
     <w:rsid w:val="007314EC"/>
     <w:rsid w:val="00732B35"/>
     <w:rsid w:val="007340F5"/>
     <w:rsid w:val="00741A47"/>
     <w:rsid w:val="00754E18"/>
     <w:rsid w:val="00756B41"/>
     <w:rsid w:val="00764C43"/>
     <w:rsid w:val="00785EB1"/>
     <w:rsid w:val="00785F0A"/>
     <w:rsid w:val="00797F0D"/>
     <w:rsid w:val="007A1737"/>
     <w:rsid w:val="007A2F6B"/>
     <w:rsid w:val="007D1C20"/>
     <w:rsid w:val="007E2A0C"/>
     <w:rsid w:val="007E639A"/>
     <w:rsid w:val="0081158C"/>
+    <w:rsid w:val="008406F9"/>
     <w:rsid w:val="00845DD6"/>
     <w:rsid w:val="0085044A"/>
     <w:rsid w:val="00856EE4"/>
     <w:rsid w:val="00860A53"/>
     <w:rsid w:val="00861624"/>
     <w:rsid w:val="00863D9A"/>
     <w:rsid w:val="0086623A"/>
+    <w:rsid w:val="00871C5E"/>
     <w:rsid w:val="0087368C"/>
     <w:rsid w:val="0087693D"/>
     <w:rsid w:val="0087720C"/>
     <w:rsid w:val="00880EAD"/>
     <w:rsid w:val="00885FE0"/>
     <w:rsid w:val="00894D48"/>
     <w:rsid w:val="008A1977"/>
     <w:rsid w:val="008A2DD8"/>
     <w:rsid w:val="008B3AB0"/>
     <w:rsid w:val="008C2152"/>
     <w:rsid w:val="008C307E"/>
     <w:rsid w:val="008D09C3"/>
     <w:rsid w:val="008D6947"/>
     <w:rsid w:val="00926A5D"/>
     <w:rsid w:val="00935A50"/>
     <w:rsid w:val="00935AA6"/>
     <w:rsid w:val="009434A1"/>
     <w:rsid w:val="0095588D"/>
+    <w:rsid w:val="009570B2"/>
     <w:rsid w:val="00965939"/>
     <w:rsid w:val="00970655"/>
     <w:rsid w:val="009908C8"/>
     <w:rsid w:val="009B3515"/>
     <w:rsid w:val="009C5CA3"/>
     <w:rsid w:val="009C662E"/>
     <w:rsid w:val="009D04A6"/>
+    <w:rsid w:val="00A0461B"/>
     <w:rsid w:val="00A052C6"/>
     <w:rsid w:val="00A10BAE"/>
     <w:rsid w:val="00A15EFB"/>
     <w:rsid w:val="00A27261"/>
     <w:rsid w:val="00A37F8A"/>
     <w:rsid w:val="00A57ABC"/>
     <w:rsid w:val="00A604FE"/>
     <w:rsid w:val="00A6565F"/>
+    <w:rsid w:val="00A678DF"/>
     <w:rsid w:val="00A90D86"/>
     <w:rsid w:val="00A9144A"/>
     <w:rsid w:val="00AA0BFF"/>
     <w:rsid w:val="00AB2C6E"/>
     <w:rsid w:val="00AB6278"/>
     <w:rsid w:val="00AC02B7"/>
     <w:rsid w:val="00AD2EB8"/>
     <w:rsid w:val="00AD533D"/>
     <w:rsid w:val="00AE1363"/>
     <w:rsid w:val="00AF1F49"/>
     <w:rsid w:val="00AF2CC3"/>
     <w:rsid w:val="00AF7EB1"/>
     <w:rsid w:val="00B15256"/>
     <w:rsid w:val="00B509D3"/>
     <w:rsid w:val="00B5141B"/>
     <w:rsid w:val="00B57D28"/>
     <w:rsid w:val="00B76273"/>
     <w:rsid w:val="00B80BAF"/>
     <w:rsid w:val="00B8405F"/>
     <w:rsid w:val="00B8494D"/>
     <w:rsid w:val="00B95613"/>
     <w:rsid w:val="00BA0B48"/>
     <w:rsid w:val="00BB38B5"/>
     <w:rsid w:val="00BB668A"/>
     <w:rsid w:val="00BF0990"/>
     <w:rsid w:val="00BF0C12"/>
     <w:rsid w:val="00C02FFA"/>
     <w:rsid w:val="00C04D88"/>
     <w:rsid w:val="00C059A1"/>
     <w:rsid w:val="00C107B1"/>
     <w:rsid w:val="00C11857"/>
     <w:rsid w:val="00C11D24"/>
+    <w:rsid w:val="00C124E9"/>
     <w:rsid w:val="00C13217"/>
     <w:rsid w:val="00C1716A"/>
     <w:rsid w:val="00C2345B"/>
     <w:rsid w:val="00C41AAB"/>
     <w:rsid w:val="00C43A8C"/>
+    <w:rsid w:val="00C46260"/>
     <w:rsid w:val="00C55AD4"/>
     <w:rsid w:val="00C5778E"/>
     <w:rsid w:val="00C640EC"/>
     <w:rsid w:val="00C9408E"/>
     <w:rsid w:val="00CC356C"/>
     <w:rsid w:val="00CD5015"/>
+    <w:rsid w:val="00CD537B"/>
     <w:rsid w:val="00CE0B35"/>
     <w:rsid w:val="00CE779B"/>
     <w:rsid w:val="00CF437C"/>
     <w:rsid w:val="00D04765"/>
     <w:rsid w:val="00D05F2B"/>
     <w:rsid w:val="00D31C1D"/>
+    <w:rsid w:val="00D57F08"/>
     <w:rsid w:val="00D62C38"/>
     <w:rsid w:val="00D62EBA"/>
     <w:rsid w:val="00D63735"/>
     <w:rsid w:val="00D6501C"/>
     <w:rsid w:val="00D75D8F"/>
     <w:rsid w:val="00D85365"/>
     <w:rsid w:val="00D85CB4"/>
+    <w:rsid w:val="00D94D8A"/>
     <w:rsid w:val="00D97AB1"/>
     <w:rsid w:val="00DB0DDE"/>
     <w:rsid w:val="00DB45F8"/>
     <w:rsid w:val="00DD012E"/>
     <w:rsid w:val="00DD6299"/>
     <w:rsid w:val="00E5441D"/>
     <w:rsid w:val="00E5760F"/>
     <w:rsid w:val="00E576B1"/>
     <w:rsid w:val="00E65600"/>
     <w:rsid w:val="00E71F1B"/>
     <w:rsid w:val="00E920D7"/>
     <w:rsid w:val="00EA0C63"/>
     <w:rsid w:val="00EA1397"/>
     <w:rsid w:val="00EA2AF3"/>
+    <w:rsid w:val="00EB3F3B"/>
     <w:rsid w:val="00EC6F65"/>
     <w:rsid w:val="00EF0B01"/>
+    <w:rsid w:val="00EF0E85"/>
     <w:rsid w:val="00EF0EF0"/>
     <w:rsid w:val="00EF1E82"/>
     <w:rsid w:val="00F1087C"/>
     <w:rsid w:val="00F10915"/>
     <w:rsid w:val="00F21449"/>
     <w:rsid w:val="00F723CF"/>
     <w:rsid w:val="00F724C7"/>
     <w:rsid w:val="00F772BD"/>
     <w:rsid w:val="00F809AC"/>
     <w:rsid w:val="00FA0679"/>
     <w:rsid w:val="00FA0EC5"/>
     <w:rsid w:val="00FA2FB1"/>
     <w:rsid w:val="00FA35A9"/>
     <w:rsid w:val="00FA3BBE"/>
     <w:rsid w:val="00FB07DB"/>
     <w:rsid w:val="00FE14ED"/>
+    <w:rsid w:val="00FE2513"/>
     <w:rsid w:val="00FE3EED"/>
     <w:rsid w:val="00FE55CD"/>
     <w:rsid w:val="00FF2A82"/>
     <w:rsid w:val="00FF4005"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -5266,51 +6120,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E920D7"/>
+    <w:rsid w:val="00FE2513"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00CC356C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="7CB9B8"/>
@@ -6029,51 +6883,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1818256617">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://muzeumkrakowa.pl/formularz-przewodnik-dla-zaawansowanych" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:krzysztofory@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:starasynagoga@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://muzeumkrakowa.pl/kalendarium/jom-riszon-niedziela-w-starej-synagodze-2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rydlowka@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:podgorze@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:przewodnicy@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://muzeumkrakowa.pl/formularz-przewodnik-dla-zaawansowanych" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rynek@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bilety.mhk.pl/rezerwacja/lokalizacja.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rydlowka@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rynek@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:przewodnicy@muzeumkrakowa.pl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bilety.mhk.pl/rezerwacja/lokalizacja.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://WWW.MUZEUM" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -6352,81 +7206,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64FEB5A9-4D7B-4DCF-A0EA-FBF5039CAF39}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD08A313-4182-4BD5-B88F-6BB8E9229B60}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>9219</Characters>
+  <Pages>10</Pages>
+  <Words>1956</Words>
+  <Characters>11737</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10734</CharactersWithSpaces>
+  <CharactersWithSpaces>13666</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sebastian Goyke</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>