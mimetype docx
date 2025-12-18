--- v0 (2025-11-27)
+++ v1 (2025-12-18)
@@ -100,52 +100,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B2FF7" w:rsidRPr="00D8132D" w:rsidRDefault="0023354B" w:rsidP="000B2FF7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spacer </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="000B2FF7" w:rsidRPr="00D8132D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pn. „Szopki w mieście”, zwany dalej Spacerem, jest sezonowym działaniem Muzeum Krakowa o charakterze edukacyjnym. Spacer ma formę oprowadzania realizowanego przez przewodnika po trasie, na której rozmieszczone są szopki krakowskie w przestrzeni miejskiej, w szczególności w rejonie Plant krakowskich. Wydarzenie towarzyszy wystawie czasowej „Szopek krakowskich” udostępnionej publiczności w oddziale Pałac Krzysztofory, Rynek Główny 35. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E0A24" w:rsidRPr="000B2FF7" w:rsidRDefault="001E0A24" w:rsidP="00AD66F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2FF7">
         <w:rPr>
@@ -238,65 +236,67 @@
       </w:r>
       <w:r w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">w okresie </w:t>
       </w:r>
       <w:r w:rsidR="00D50AAF" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>od</w:t>
       </w:r>
       <w:r w:rsidR="00F17EAB" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001B7AF4" w:rsidRPr="000B2FF7">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00002A7C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00F31D02" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">8.12.2025 r. do </w:t>
+        <w:t xml:space="preserve">.12.2025 r. do </w:t>
       </w:r>
       <w:r w:rsidR="001B7AF4" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00F31D02" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>2.02.</w:t>
       </w:r>
       <w:r w:rsidR="00B96DA7" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>2026 r.</w:t>
       </w:r>
@@ -364,51 +364,67 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>W okresie świątecznym oddział Pałac Krzysztofory</w:t>
       </w:r>
       <w:r w:rsidR="004A0FA2" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> będzie</w:t>
       </w:r>
       <w:r w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> zamknięty w dniach: 24 - 25.12.2025 r. i 01.01.2026 r., natomiast w dniu 9.12.2025 oraz  19.12.2025 r. będzie czynny od godz. 09.00. do 14.00., w dniu 26.12.2025 r. będzie czynny od godz. 10.00. do 18.00., w dniu 31.12.2025 r. od godz. 10.00. do 15.00., a w dniu 06.01.2026 r. od godz. 10.00. do 18.00. W związku z powyższym Spacery będą organizowane przy uwzględnieniu w/w ograniczeń.</w:t>
+        <w:t xml:space="preserve"> zamknięty w dniach: 24 - 25.12.2025 r. i 01.01.2026 r., natomiast w dniu 9.12.2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E75A3A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2FF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>oraz  19.12.2025 r. będzie czynny od godz. 09.00. do 14.00., w dniu 26.12.2025 r. będzie czynny od godz. 10.00. do 18.00., w dniu 31.12.2025 r. od godz. 10.00. do 15.00., a w dniu 06.01.2026 r. od godz. 10.00. do 18.00. W związku z powyższym Spacery będą organizowane przy uwzględnieniu w/w ograniczeń.</w:t>
       </w:r>
       <w:r w:rsidR="004A0FA2" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ograniczenie dotyczy również możliwości zakupu biletów na Spacer w kasie w tym okresie.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E0A24" w:rsidRPr="000B2FF7" w:rsidRDefault="00A03AB6" w:rsidP="00374631">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -879,114 +895,209 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>powinna dokonać jej zakupu lub rezerwacji poprzez stronę: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="004A0FA2" w:rsidRPr="000B2FF7">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>https://bilety.muzeumkrakowa.pl/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004A0FA2" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277433" w:rsidRPr="000B2FF7" w:rsidRDefault="004A0FA2" w:rsidP="00374631">
+    <w:p w:rsidR="00E569D4" w:rsidRPr="00E569D4" w:rsidRDefault="004A0FA2" w:rsidP="00374631">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spacer na indywidualne zamówienie </w:t>
       </w:r>
       <w:r w:rsidR="00277433" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>może rozpocząć się  o godz. 10.00, 11.</w:t>
+        <w:t xml:space="preserve">może rozpocząć się </w:t>
+      </w:r>
+      <w:r w:rsidR="00E569D4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w nastęujących terminach:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E569D4" w:rsidRPr="00E569D4" w:rsidRDefault="00614E37" w:rsidP="00614E37">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00E569D4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d ponniedziałku do piątku oraz w niedzielę </w:t>
+      </w:r>
+      <w:r w:rsidR="00277433" w:rsidRPr="000B2FF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o godz. 10.00, 11.</w:t>
       </w:r>
       <w:r w:rsidR="00B56AB7" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>00, 12.00, 13.00,14.00, 15.00</w:t>
       </w:r>
       <w:r w:rsidR="00277433" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> lub</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B2FF7">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="000B2FF7">
+      <w:r w:rsidR="004A0FA2" w:rsidRPr="000B2FF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16.00,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00277433" w:rsidRPr="00E569D4" w:rsidRDefault="00614E37" w:rsidP="00614E37">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00E569D4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> soboty o godz. 10.00,12.00,13.00, 13.00, 14.00, 15.00 lub 16.00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E569D4" w:rsidRPr="00E569D4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>w dniach od 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7681D" w:rsidRPr="00E569D4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.12.2025 r. do 02.02.2026 r. </w:t>
+      </w:r>
+      <w:r w:rsidR="004A0FA2" w:rsidRPr="00E569D4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">z zastrzeżeniem ust. 3. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00133A1B" w:rsidRPr="000B2FF7" w:rsidRDefault="00133A1B" w:rsidP="00374631">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2FF7">
@@ -1191,51 +1302,59 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pałac Krzysztofory</w:t>
       </w:r>
       <w:r w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> najpóźniej o wyznaczonej godzinie rozpoczęcia Spaceru. Prze</w:t>
       </w:r>
       <w:r w:rsidR="00837E1C" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>wodnik oczekuje na osoby</w:t>
       </w:r>
       <w:r w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 15 minut od </w:t>
+        <w:t xml:space="preserve"> 15 minut </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2FF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">od </w:t>
       </w:r>
       <w:r w:rsidR="00837E1C" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">wyznaczonej godziny, a jeśli </w:t>
       </w:r>
       <w:r w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> nie pojawią się</w:t>
       </w:r>
       <w:r w:rsidR="00837E1C" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> one w tym czasie, Spacer nie zostanie przeprowadzony</w:t>
       </w:r>
       <w:r w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1247,59 +1366,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>bez obowiązku zwrotu kosztów</w:t>
       </w:r>
       <w:r w:rsidR="00D50AAF" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> zakupu</w:t>
       </w:r>
       <w:r w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00837E1C" w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Osoby, które spóźnią się na stałą turę </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Spaceru mogą dołączyć do grupy na trasie, chyba że ze względu na brak osób zainteresowanych Spacer nie zostanie przeprowadzony. </w:t>
+        <w:t xml:space="preserve">Osoby, które spóźnią się na stałą turę Spaceru mogą dołączyć do grupy na trasie, chyba że ze względu na brak osób zainteresowanych Spacer nie zostanie przeprowadzony. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00837E1C" w:rsidRPr="000B2FF7" w:rsidRDefault="00837E1C" w:rsidP="00374631">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2FF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Osoby dokonujące rezerwacji Spaceru na indywidualne zamówienie</w:t>
       </w:r>
       <w:r w:rsidR="00133A1B" w:rsidRPr="000B2FF7">
@@ -1650,50 +1761,140 @@
     <w:p w:rsidR="00CE0120" w:rsidRDefault="00CE0120" w:rsidP="00F17EAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00CE0120" w:rsidRDefault="00CE0120" w:rsidP="00F17EAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12381BBC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="75C449C8"/>
+    <w:lvl w:ilvl="0" w:tplc="04150017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D963B9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7026A6C"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="21C84206">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1545" w:hanging="465"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -1738,51 +1939,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F0539B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C124FC54"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -1827,51 +2028,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AC4637A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31BAF292"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1913,51 +2114,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5466" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6906" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F743BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E078F36E"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -2002,51 +2203,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40CC1E7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3428DCE"/>
     <w:lvl w:ilvl="0" w:tplc="9C84EC88">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -2091,51 +2292,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47182E65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="894A5A10"/>
     <w:lvl w:ilvl="0" w:tplc="87AAF6C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2181,51 +2382,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CC858DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E0C099C"/>
     <w:lvl w:ilvl="0" w:tplc="8186560A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -2270,51 +2471,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68C64D78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78526D44"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2356,51 +2557,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71355ADE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E078F36E"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -2445,51 +2646,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73B53F82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F727ED6"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -2535,167 +2736,174 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
-[...2 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
-[...2 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003627D4"/>
+    <w:rsid w:val="00002A7C"/>
     <w:rsid w:val="00007EC8"/>
     <w:rsid w:val="00021205"/>
     <w:rsid w:val="000510D0"/>
     <w:rsid w:val="000558A4"/>
     <w:rsid w:val="000712EA"/>
     <w:rsid w:val="000B2FF7"/>
     <w:rsid w:val="00132E29"/>
     <w:rsid w:val="00133A1B"/>
     <w:rsid w:val="001B1415"/>
     <w:rsid w:val="001B22B2"/>
     <w:rsid w:val="001B3D92"/>
     <w:rsid w:val="001B7AF4"/>
     <w:rsid w:val="001B7F59"/>
     <w:rsid w:val="001D73A5"/>
     <w:rsid w:val="001E0A24"/>
     <w:rsid w:val="0023354B"/>
     <w:rsid w:val="00277433"/>
     <w:rsid w:val="002A2D9F"/>
     <w:rsid w:val="002D374A"/>
     <w:rsid w:val="00316897"/>
     <w:rsid w:val="0032138F"/>
     <w:rsid w:val="003627D4"/>
     <w:rsid w:val="00365C93"/>
     <w:rsid w:val="00374631"/>
     <w:rsid w:val="0038481D"/>
     <w:rsid w:val="003A3B18"/>
     <w:rsid w:val="003C38E0"/>
     <w:rsid w:val="003C7A91"/>
     <w:rsid w:val="003F03DD"/>
     <w:rsid w:val="00414DF9"/>
     <w:rsid w:val="0043025B"/>
     <w:rsid w:val="00432F31"/>
     <w:rsid w:val="00442C51"/>
     <w:rsid w:val="00477F51"/>
     <w:rsid w:val="004A0FA2"/>
     <w:rsid w:val="005103B4"/>
     <w:rsid w:val="005168F7"/>
     <w:rsid w:val="005366B1"/>
     <w:rsid w:val="005715A6"/>
     <w:rsid w:val="00573D1B"/>
     <w:rsid w:val="0059245B"/>
     <w:rsid w:val="005A48AB"/>
     <w:rsid w:val="005A7EB7"/>
     <w:rsid w:val="005B6D42"/>
     <w:rsid w:val="005D128F"/>
     <w:rsid w:val="005E7E63"/>
     <w:rsid w:val="005F0C68"/>
+    <w:rsid w:val="00610A6B"/>
+    <w:rsid w:val="00614E37"/>
     <w:rsid w:val="006250AF"/>
     <w:rsid w:val="006264DE"/>
     <w:rsid w:val="00642668"/>
     <w:rsid w:val="00643519"/>
     <w:rsid w:val="006A3758"/>
     <w:rsid w:val="006A7D7F"/>
     <w:rsid w:val="006E44A5"/>
     <w:rsid w:val="006F1670"/>
     <w:rsid w:val="007100D1"/>
     <w:rsid w:val="00717AAD"/>
     <w:rsid w:val="007A307B"/>
     <w:rsid w:val="007C150A"/>
     <w:rsid w:val="007E07E8"/>
     <w:rsid w:val="007F16B0"/>
     <w:rsid w:val="007F4800"/>
+    <w:rsid w:val="00810B6E"/>
     <w:rsid w:val="00811F40"/>
     <w:rsid w:val="00837E1C"/>
     <w:rsid w:val="00841BD1"/>
     <w:rsid w:val="008471E2"/>
     <w:rsid w:val="0086172E"/>
     <w:rsid w:val="008B645C"/>
     <w:rsid w:val="00916C93"/>
     <w:rsid w:val="00930CEF"/>
     <w:rsid w:val="00932082"/>
     <w:rsid w:val="009675A9"/>
     <w:rsid w:val="009A6667"/>
     <w:rsid w:val="009C3A9E"/>
     <w:rsid w:val="009D246A"/>
     <w:rsid w:val="009F1EFE"/>
     <w:rsid w:val="00A024E8"/>
     <w:rsid w:val="00A03AB6"/>
     <w:rsid w:val="00A15015"/>
     <w:rsid w:val="00A30720"/>
     <w:rsid w:val="00A7681D"/>
     <w:rsid w:val="00A77FF5"/>
     <w:rsid w:val="00AB068D"/>
     <w:rsid w:val="00AC2F57"/>
     <w:rsid w:val="00AD7FC5"/>
     <w:rsid w:val="00B038E7"/>
     <w:rsid w:val="00B1112C"/>
@@ -2707,90 +2915,92 @@
     <w:rsid w:val="00B86B80"/>
     <w:rsid w:val="00B96DA7"/>
     <w:rsid w:val="00BE2A5F"/>
     <w:rsid w:val="00BE4FFC"/>
     <w:rsid w:val="00BE71C9"/>
     <w:rsid w:val="00BF580B"/>
     <w:rsid w:val="00C66908"/>
     <w:rsid w:val="00C87C11"/>
     <w:rsid w:val="00CB2C4D"/>
     <w:rsid w:val="00CE0120"/>
     <w:rsid w:val="00D14B0A"/>
     <w:rsid w:val="00D17176"/>
     <w:rsid w:val="00D2566D"/>
     <w:rsid w:val="00D50AAF"/>
     <w:rsid w:val="00D7076F"/>
     <w:rsid w:val="00D75E84"/>
     <w:rsid w:val="00D8132D"/>
     <w:rsid w:val="00D91D89"/>
     <w:rsid w:val="00D93DD6"/>
     <w:rsid w:val="00DD5044"/>
     <w:rsid w:val="00DF0086"/>
     <w:rsid w:val="00DF3310"/>
     <w:rsid w:val="00E23BE1"/>
     <w:rsid w:val="00E274A0"/>
     <w:rsid w:val="00E51A83"/>
+    <w:rsid w:val="00E569D4"/>
     <w:rsid w:val="00E57046"/>
     <w:rsid w:val="00E70551"/>
+    <w:rsid w:val="00E75A3A"/>
     <w:rsid w:val="00EA29F3"/>
     <w:rsid w:val="00EB22D6"/>
     <w:rsid w:val="00ED141B"/>
     <w:rsid w:val="00F01065"/>
     <w:rsid w:val="00F13DC9"/>
     <w:rsid w:val="00F17EAB"/>
     <w:rsid w:val="00F31D02"/>
     <w:rsid w:val="00F51DD0"/>
     <w:rsid w:val="00F56908"/>
     <w:rsid w:val="00FA18FA"/>
     <w:rsid w:val="00FC3261"/>
     <w:rsid w:val="00FF19EC"/>
     <w:rsid w:val="00FF4F84"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2F515250"/>
+  <w14:docId w14:val="5BF0BDCE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E93E02B0-2ED1-4D7C-929E-EF5A0416C8EF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Akrobat" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Akrobat" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3531,69 +3741,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>806</Words>
-  <Characters>4841</Characters>
+  <Words>826</Words>
+  <Characters>4961</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
+  <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5636</CharactersWithSpaces>
+  <CharactersWithSpaces>5776</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jolanta Bańcer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>