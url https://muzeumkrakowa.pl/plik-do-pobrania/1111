--- v0 (2026-02-04)
+++ v1 (2026-03-08)
@@ -11,66 +11,66 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="647E987B" w14:textId="099AA42E" w:rsidR="006560FB" w:rsidRDefault="002611F2" w:rsidP="002F6E23">
+    <w:p w14:paraId="647E987B" w14:textId="301DAE9C" w:rsidR="006560FB" w:rsidRDefault="00AF39CA" w:rsidP="002F6E23">
       <w:pPr>
         <w:pStyle w:val="Tytukartyprogramowej"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
-        <w:t>luty</w:t>
+        <w:t>marzec</w:t>
       </w:r>
       <w:r w:rsidR="006833A0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00081201">
         <w:t>202</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002611F2">
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7168CC3F" w14:textId="77777777" w:rsidR="000D2090" w:rsidRDefault="000D2090" w:rsidP="00580B62">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="063BDF7F" w14:textId="20B68E8F" w:rsidR="00391A64" w:rsidRDefault="00391A64" w:rsidP="00580B62">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB07DB">
         <w:rPr>
           <w:color w:val="auto"/>
@@ -97,87 +97,80 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>Powtórki z wystaw stałych i oprowadzania tematyczne</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1489B43A" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01D3CFAB" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35D2883F" w14:textId="2751BA33" w:rsidR="00CD537B" w:rsidRPr="001D7D2B" w:rsidRDefault="002611F2" w:rsidP="00CD537B">
+    <w:p w14:paraId="35D2883F" w14:textId="5674F02D" w:rsidR="00CD537B" w:rsidRPr="001D7D2B" w:rsidRDefault="00AF39CA" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002611F2">
-[...18 lines deleted...]
-        <w:t>miejsce jedyne w swoim rodzaju</w:t>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Kraków od początku, bez końca</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD537B">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002611F2">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD537B">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C1AA69" w14:textId="7E44B5F4" w:rsidR="00CD537B" w:rsidRPr="00E73F0F" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -194,264 +187,305 @@
           <w:b/>
         </w:rPr>
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidRPr="001D7D2B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> stałej</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68B36099" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRPr="007F234E" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="448DC159" w14:textId="74B4A70D" w:rsidR="00CD537B" w:rsidRDefault="002611F2" w:rsidP="00CD537B">
+    <w:p w14:paraId="448DC159" w14:textId="7884AA6B" w:rsidR="00CD537B" w:rsidRDefault="002611F2" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>5 lutego</w:t>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF39CA">
+        <w:t>marca</w:t>
       </w:r>
       <w:r w:rsidR="00CD537B" w:rsidRPr="00E73F0F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t>czwartek</w:t>
       </w:r>
       <w:r w:rsidR="00CD537B" w:rsidRPr="00E73F0F">
         <w:t xml:space="preserve">), godz. </w:t>
       </w:r>
-      <w:r>
-        <w:t>17</w:t>
+      <w:r w:rsidR="00AF39CA">
+        <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="00CD537B">
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidR="00CD537B" w:rsidRPr="00E73F0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>– grupa I</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D6C434" w14:textId="6ABEAAB2" w:rsidR="002611F2" w:rsidRPr="002611F2" w:rsidRDefault="002611F2" w:rsidP="002611F2">
+    <w:p w14:paraId="62D6C434" w14:textId="76D75B50" w:rsidR="002611F2" w:rsidRPr="002611F2" w:rsidRDefault="00AF39CA" w:rsidP="002611F2">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
       </w:pPr>
       <w:r>
-        <w:t>21 lutego (sobota), godz. 14.00 – grupa II</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E66DAD7" w14:textId="73A37F33" w:rsidR="00CD537B" w:rsidRDefault="002611F2" w:rsidP="002611F2">
+        <w:t>26 marca</w:t>
+      </w:r>
+      <w:r w:rsidR="002611F2">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>czwartek</w:t>
+      </w:r>
+      <w:r w:rsidR="002611F2">
+        <w:t>), godz. 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="002611F2">
+        <w:t>.00 – grupa II</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E66DAD7" w14:textId="26ACEBE4" w:rsidR="00CD537B" w:rsidRDefault="00AF39CA" w:rsidP="002611F2">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
       <w:r>
-        <w:t>Rydlówka</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="5AE646DE" w14:textId="7C40CC29" w:rsidR="00CD537B" w:rsidRDefault="002611F2" w:rsidP="00CD537B">
+        <w:t>Pałac Krzysztofory, Rynek Główny 35 (zbiórka w holu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE646DE" w14:textId="61B3543D" w:rsidR="00CD537B" w:rsidRDefault="00AF39CA" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Przewodnik"/>
       </w:pPr>
       <w:r>
-        <w:t>dr Joanna Zdebska-Schmidt i Kamil Kopek</w:t>
+        <w:t>Kamil Stasiak</w:t>
       </w:r>
       <w:r w:rsidR="00CD537B">
         <w:t xml:space="preserve"> (Muzeum Krakowa)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F39878B" w14:textId="77777777" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24D8598E" w14:textId="7B742D18" w:rsidR="00CD537B" w:rsidRDefault="00CD537B" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75C5C999" w14:textId="3FD3F2EF" w:rsidR="00D977FC" w:rsidRDefault="00D977FC" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A232CDD" w14:textId="463D43B6" w:rsidR="00D977FC" w:rsidRPr="001D7D2B" w:rsidRDefault="00D977FC" w:rsidP="00D977FC">
+    <w:p w14:paraId="4A232CDD" w14:textId="734CA7E8" w:rsidR="00D977FC" w:rsidRPr="001D7D2B" w:rsidRDefault="00AF39CA" w:rsidP="00AF39CA">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
-        <w:rPr>
-[...26 lines deleted...]
-    <w:p w14:paraId="427CFE77" w14:textId="2DED4A77" w:rsidR="00D977FC" w:rsidRPr="00E73F0F" w:rsidRDefault="00D977FC" w:rsidP="00D977FC">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jak opowiadać o wojnie i Zagładzie w kontekście współczesnych zagrożeń </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>i konfliktów</w:t>
+      </w:r>
+      <w:r w:rsidR="00D977FC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427CFE77" w14:textId="6F2BAC36" w:rsidR="00D977FC" w:rsidRPr="00E73F0F" w:rsidRDefault="00AF39CA" w:rsidP="00AF39CA">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="001D7D2B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>tematyczne</w:t>
+      </w:r>
+      <w:r w:rsidR="00D977FC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oprowadzanie po</w:t>
+      </w:r>
+      <w:r w:rsidR="00D977FC" w:rsidRPr="001D7D2B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> wystaw</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D977FC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ie</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D7D2B">
+      <w:r w:rsidR="00D977FC" w:rsidRPr="001D7D2B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> stałej</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="503AEF73" w14:textId="77777777" w:rsidR="00D977FC" w:rsidRPr="007F234E" w:rsidRDefault="00D977FC" w:rsidP="00D977FC">
+      <w:r w:rsidR="00D977FC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="503AEF73" w14:textId="77777777" w:rsidR="00D977FC" w:rsidRPr="007F234E" w:rsidRDefault="00D977FC" w:rsidP="00AF39CA">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0000EEEA" w14:textId="31F8E8A6" w:rsidR="00D977FC" w:rsidRDefault="00D977FC" w:rsidP="00D977FC">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000EEEA" w14:textId="64F73E22" w:rsidR="00D977FC" w:rsidRDefault="00AF39CA" w:rsidP="00D977FC">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>12 lutego</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E73F0F">
+        <w:t>13 marca</w:t>
+      </w:r>
+      <w:r w:rsidR="00D977FC" w:rsidRPr="00E73F0F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
-        <w:t>czwartek</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E73F0F">
+        <w:t>piątek</w:t>
+      </w:r>
+      <w:r w:rsidR="00D977FC" w:rsidRPr="00E73F0F">
         <w:t xml:space="preserve">), godz. </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E73F0F">
+      <w:r w:rsidR="00D977FC">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D977FC">
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00D977FC" w:rsidRPr="00E73F0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-    <w:p w14:paraId="554495BF" w14:textId="5719F64F" w:rsidR="00D977FC" w:rsidRDefault="00D977FC" w:rsidP="00D977FC">
+    </w:p>
+    <w:p w14:paraId="554495BF" w14:textId="4A13CAA6" w:rsidR="00D977FC" w:rsidRDefault="00AF39CA" w:rsidP="00AF39CA">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="43319581" w14:textId="5F2B9FF1" w:rsidR="00D977FC" w:rsidRDefault="00D977FC" w:rsidP="00D977FC">
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Fabryka Emalia Oskara Schindlera, ul. Lipowa 4</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43319581" w14:textId="737953DA" w:rsidR="00D977FC" w:rsidRDefault="00AF39CA" w:rsidP="00D977FC">
       <w:pPr>
         <w:pStyle w:val="Przewodnik"/>
       </w:pPr>
       <w:r>
-        <w:t>Agata Klimek-Zdeb (Muzeum Krakowa)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4695674D" w14:textId="20EC23C9" w:rsidR="00D977FC" w:rsidRPr="00D977FC" w:rsidRDefault="00D977FC" w:rsidP="00D977FC">
+        <w:t>Mateusz Z</w:t>
+      </w:r>
+      <w:r w:rsidR="00600073">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:t>eb</w:t>
+      </w:r>
+      <w:r w:rsidR="00D977FC">
+        <w:t xml:space="preserve"> (Muzeum Krakowa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4695674D" w14:textId="5C0F2587" w:rsidR="00D977FC" w:rsidRPr="00AF39CA" w:rsidRDefault="00AF39CA" w:rsidP="00AF39CA">
       <w:pPr>
         <w:pStyle w:val="Cena"/>
       </w:pPr>
-      <w:r>
-        <w:t>Zajęcia mogą potrwać do 2h</w:t>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t xml:space="preserve">udział w </w:t>
+      </w:r>
+      <w:r>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>prowadzaniu może stanowić późniejszą podstawę do prolongaty certyfikatów przewodnickich</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="411B9A82" w14:textId="5B034557" w:rsidR="00D977FC" w:rsidRDefault="00D977FC" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27880BD3" w14:textId="293A62BD" w:rsidR="00D977FC" w:rsidRDefault="00D977FC" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FEAB245" w14:textId="29C5D117" w:rsidR="00D977FC" w:rsidRDefault="00D977FC" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24F338E6" w14:textId="21DA855B" w:rsidR="00D977FC" w:rsidRDefault="00D977FC" w:rsidP="00CD537B">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -474,233 +508,186 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>Oprowadzania kuratorskie po wystawach czasowych</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CFF4BAC" w14:textId="77777777" w:rsidR="009570B2" w:rsidRDefault="009570B2" w:rsidP="006B0AFD">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="286C7A83" w14:textId="59326B71" w:rsidR="006B0AFD" w:rsidRPr="008754D1" w:rsidRDefault="00D24ACB" w:rsidP="006B0AFD">
+    <w:p w14:paraId="286C7A83" w14:textId="6851276D" w:rsidR="006B0AFD" w:rsidRPr="008754D1" w:rsidRDefault="00AF39CA" w:rsidP="006B0AFD">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="002611F2">
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Kraków. Dźwięki, melodie, słowa</w:t>
+      </w:r>
+      <w:r w:rsidR="00D24ACB">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002611F2" w:rsidRPr="002611F2">
-[...19 lines deleted...]
-      </w:r>
       <w:r w:rsidR="006B0AFD" w:rsidRPr="008754D1">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64A4CC61" w14:textId="2F1D5D7F" w:rsidR="006B0AFD" w:rsidRPr="008754D1" w:rsidRDefault="006B0AFD" w:rsidP="006B0AFD">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008754D1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">specjalistyczne oprowadzanie </w:t>
       </w:r>
       <w:r w:rsidR="00CD537B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">kuratorskie </w:t>
       </w:r>
       <w:r w:rsidRPr="008754D1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>po wystawie czasowej</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21418872" w14:textId="77777777" w:rsidR="006B0AFD" w:rsidRPr="00A37F8A" w:rsidRDefault="006B0AFD" w:rsidP="006B0AFD">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1C43C5" w14:textId="11602D0D" w:rsidR="006B0AFD" w:rsidRPr="008754D1" w:rsidRDefault="00CD537B" w:rsidP="006B0AFD">
+    <w:p w14:paraId="6A1C43C5" w14:textId="1C25D5ED" w:rsidR="006B0AFD" w:rsidRPr="008754D1" w:rsidRDefault="00AF39CA" w:rsidP="006B0AFD">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">3 </w:t>
-[...2 lines deleted...]
-        <w:t>lutego</w:t>
+        <w:t>7 marca</w:t>
       </w:r>
       <w:r w:rsidR="006B0AFD" w:rsidRPr="008754D1">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00D24ACB">
-        <w:t>wtorek</w:t>
+      <w:r>
+        <w:t>sobota), godz. 14.3</w:t>
       </w:r>
       <w:r w:rsidR="006B0AFD" w:rsidRPr="008754D1">
-        <w:t>), godz. 14.00</w:t>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="006B0AFD">
         <w:t xml:space="preserve"> – grupa I</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5960CBE9" w14:textId="6C1D0906" w:rsidR="006B0AFD" w:rsidRDefault="00CD537B" w:rsidP="006B0AFD">
+    <w:p w14:paraId="5960CBE9" w14:textId="72F926FD" w:rsidR="006B0AFD" w:rsidRDefault="00AF39CA" w:rsidP="006B0AFD">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>7</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> lutego</w:t>
+        <w:t>20 marca</w:t>
       </w:r>
       <w:r w:rsidR="006B0AFD">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00D24ACB">
-        <w:t>sobota</w:t>
+      <w:r>
+        <w:t>piątek</w:t>
       </w:r>
       <w:r w:rsidR="006B0AFD">
         <w:t>), godz. 1</w:t>
       </w:r>
-      <w:r w:rsidR="00D24ACB">
-        <w:t>2</w:t>
+      <w:r>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="006B0AFD">
         <w:t>.00 – grupa II</w:t>
       </w:r>
       <w:r w:rsidR="00F85651">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="717B8055" w14:textId="26815BA3" w:rsidR="006B0AFD" w:rsidRDefault="002611F2" w:rsidP="006B0AFD">
+    <w:p w14:paraId="717B8055" w14:textId="3A8DABB7" w:rsidR="006B0AFD" w:rsidRDefault="00AF39CA" w:rsidP="006B0AFD">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Pałac Krzysztofory</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="29F74327" w14:textId="3421D0F2" w:rsidR="006B0AFD" w:rsidRDefault="002611F2" w:rsidP="006B0AFD">
+        <w:t>Centrum Interpretacji Niematerialnego Dziedzictwa Krakowa (Dom pod krzyżem), ul. Szpitalna 21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F74327" w14:textId="33CC6266" w:rsidR="006B0AFD" w:rsidRDefault="00AF39CA" w:rsidP="006B0AFD">
       <w:pPr>
         <w:pStyle w:val="Przewodnik"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Małgorzata Niechaj</w:t>
+        <w:t>dr Monika Widzicka</w:t>
       </w:r>
       <w:r w:rsidR="006B0AFD">
         <w:t xml:space="preserve"> (Muzeum Krakowa)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD7F5D4" w14:textId="77777777" w:rsidR="006B0AFD" w:rsidRDefault="006B0AFD" w:rsidP="006B0AFD">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01EDF64C" w14:textId="2E045789" w:rsidR="00FB07DB" w:rsidRDefault="00D62EBA" w:rsidP="00580B62">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>SPOTKANIA ON</w:t>
@@ -765,120 +752,190 @@
     <w:p w14:paraId="04DD6D0B" w14:textId="77777777" w:rsidR="00D24ACB" w:rsidRPr="00D24ACB" w:rsidRDefault="00D24ACB" w:rsidP="00D24ACB"/>
     <w:p w14:paraId="6336AE08" w14:textId="77777777" w:rsidR="008C307E" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>Wykłady</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43BF6763" w14:textId="77777777" w:rsidR="008C307E" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20EE0BD2" w14:textId="6B4D3100" w:rsidR="008C307E" w:rsidRPr="00224FB3" w:rsidRDefault="00D24ACB" w:rsidP="008C307E">
+    <w:p w14:paraId="20EE0BD2" w14:textId="446C232E" w:rsidR="008C307E" w:rsidRPr="00224FB3" w:rsidRDefault="00AF39CA" w:rsidP="008C307E">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D24ACB">
-[...4 lines deleted...]
-        <w:t>Bractwo Świętej Anny Samotrzeciej ze Zwierzyńca</w:t>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>O „pięknej pani”. Moda damska w latach 1890 – 1950</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67483C5F" w14:textId="77777777" w:rsidR="008C307E" w:rsidRPr="00E5441D" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5940F47B" w14:textId="12FFC58C" w:rsidR="008C307E" w:rsidRDefault="00D24ACB" w:rsidP="008C307E">
+    <w:p w14:paraId="5940F47B" w14:textId="548702B1" w:rsidR="008C307E" w:rsidRDefault="00D24ACB" w:rsidP="008C307E">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>12 lutego</w:t>
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF39CA">
+        <w:t>marca</w:t>
       </w:r>
       <w:r w:rsidR="008C307E">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="000D2090">
         <w:t>czwartek</w:t>
       </w:r>
       <w:r w:rsidR="008C307E">
         <w:t>), godz. 16.00</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BF00912" w14:textId="77777777" w:rsidR="008C307E" w:rsidRPr="007314EC" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Wykład </w:t>
       </w:r>
       <w:r w:rsidRPr="007314EC">
         <w:t>online na platformie ZOOM (link do spotkania zostanie przesłany uczestnikom w dniu wykładu)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3298D114" w14:textId="027E2FFA" w:rsidR="008C307E" w:rsidRDefault="00D24ACB" w:rsidP="005C3A40">
+    <w:p w14:paraId="3298D114" w14:textId="71206667" w:rsidR="008C307E" w:rsidRDefault="00AF39CA" w:rsidP="005C3A40">
       <w:pPr>
         <w:pStyle w:val="Przewodnik"/>
       </w:pPr>
       <w:r>
-        <w:t>dr Andrzej Iwo Szoka</w:t>
+        <w:t>Małgorzata Kuciel</w:t>
       </w:r>
       <w:r w:rsidR="00B57D28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C307E">
         <w:t>(Muzeum Krakowa)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B99C86E" w14:textId="39699576" w:rsidR="008C307E" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01789FCE" w14:textId="551B9A1F" w:rsidR="00695D2F" w:rsidRDefault="00695D2F" w:rsidP="008C307E">
+    <w:p w14:paraId="01789FCE" w14:textId="48FB9B18" w:rsidR="00695D2F" w:rsidRDefault="00695D2F" w:rsidP="008C307E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7779BB43" w14:textId="1411E77D" w:rsidR="00AF39CA" w:rsidRDefault="00AF39CA" w:rsidP="008C307E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="729E2A19" w14:textId="293C6028" w:rsidR="00AF39CA" w:rsidRPr="00224FB3" w:rsidRDefault="00AF39CA" w:rsidP="00AF39CA">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Mit wyzwolenia i ocalenia Krakowa 1945 – 1997. Geneza, przebieg, próby przezwyciężenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C2063B" w14:textId="77777777" w:rsidR="00AF39CA" w:rsidRPr="00E5441D" w:rsidRDefault="00AF39CA" w:rsidP="00AF39CA">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0675D6BC" w14:textId="3540A335" w:rsidR="00AF39CA" w:rsidRDefault="00AF39CA" w:rsidP="00AF39CA">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>27 marca (czwartek), godz. 16.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BBA0D8" w14:textId="77777777" w:rsidR="00AF39CA" w:rsidRPr="007314EC" w:rsidRDefault="00AF39CA" w:rsidP="00AF39CA">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Wykład </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007314EC">
+        <w:t>online na platformie ZOOM (link do spotkania zostanie przesłany uczestnikom w dniu wykładu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4616614D" w14:textId="08ECA9DC" w:rsidR="00AF39CA" w:rsidRDefault="00AF39CA" w:rsidP="00AF39CA">
+      <w:pPr>
+        <w:pStyle w:val="Przewodnik"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Grzegorz Jeżowski (Muzeum Krakowa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DEA5A7D" w14:textId="77777777" w:rsidR="00AF39CA" w:rsidRDefault="00AF39CA" w:rsidP="008C307E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A9C4DA0" w14:textId="77777777" w:rsidR="008C307E" w:rsidRPr="00385575" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00385575">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="287A0598" wp14:editId="6C354FBD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-201295</wp:posOffset>
@@ -1122,328 +1179,675 @@
     <w:p w14:paraId="7B68109D" w14:textId="794A4002" w:rsidR="00B5141B" w:rsidRDefault="00B5141B" w:rsidP="008C307E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B22CA0C" w14:textId="65E3A617" w:rsidR="008C307E" w:rsidRPr="009E577C" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E577C">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>WYDARZENIA W RAMACH INNYCH CYKLI MUZEALNYCH:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B591DB" w14:textId="3F0F8FC0" w:rsidR="001A35F6" w:rsidRDefault="001A35F6" w:rsidP="001A35F6">
+    <w:p w14:paraId="4BB4B26E" w14:textId="77777777" w:rsidR="005064C7" w:rsidRDefault="005064C7" w:rsidP="005064C7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57B1FC02" w14:textId="591A6D87" w:rsidR="00FE2513" w:rsidRPr="00B5141B" w:rsidRDefault="003A6735" w:rsidP="00FE2513">
+    <w:p w14:paraId="17B1C5A2" w14:textId="13FEF8EA" w:rsidR="005064C7" w:rsidRPr="00B5141B" w:rsidRDefault="005064C7" w:rsidP="005064C7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005064C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Barbara Radziwiłłówna – kontrowersyjna królowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F79299" w14:textId="5FDE2658" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4 marca</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>środa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve">), godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49BFBAA5" w14:textId="136A1C4D" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Pałac Krzys</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ztofory, Rynek Główny 35 (Sala Miedziana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B681538" w14:textId="3B48B2FE" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Przewodnik"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005064C7">
+        <w:t>Tomasz Karżewicz</w:t>
+      </w:r>
       <w:r w:rsidRPr="003A6735">
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="621DC7FE" w14:textId="6AA62FDC" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="003A6735" w:rsidP="00FE2513">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Muzeum Krakowa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6735">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4302F7E9" w14:textId="77777777" w:rsidR="005064C7" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Cena"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00286753">
+        <w:t>wykład w ramach</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Miesiąca Krakowianek</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63ED7511" w14:textId="77777777" w:rsidR="005064C7" w:rsidRPr="00DD4C18" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Cena"/>
+      </w:pPr>
+      <w:r>
+        <w:t>wstęp wolny, brak konieczności rezerwacji miejsc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B591DB" w14:textId="2AE63277" w:rsidR="001A35F6" w:rsidRDefault="001A35F6" w:rsidP="001A35F6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C2AD10D" w14:textId="71A2C70C" w:rsidR="005064C7" w:rsidRDefault="005064C7" w:rsidP="001A35F6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57B1FC02" w14:textId="60C49C6D" w:rsidR="00FE2513" w:rsidRPr="00B5141B" w:rsidRDefault="00AF39CA" w:rsidP="00FE2513">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Dr Adrian Baraniecki – prekursor</w:t>
+      </w:r>
+      <w:r w:rsidR="005064C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>edukacji kobiet i muzealnictwa przemysłowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621DC7FE" w14:textId="66555719" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="00AF39CA" w:rsidP="00FE2513">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>3 lutego</w:t>
+        <w:t>8 marca</w:t>
       </w:r>
       <w:r w:rsidR="00FE2513" w:rsidRPr="00286753">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
-        <w:t>wtorek</w:t>
+        <w:t>niedziela</w:t>
       </w:r>
       <w:r w:rsidR="00FE2513" w:rsidRPr="00286753">
-        <w:t>), godz. 1</w:t>
-[...2 lines deleted...]
-        <w:t>7</w:t>
+        <w:t xml:space="preserve">), godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00FE2513" w:rsidRPr="00286753">
         <w:t>.</w:t>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="2B8E515D" w14:textId="3AAA3272" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="003A6735" w:rsidP="00FE2513">
+        <w:t>00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8E515D" w14:textId="6E34A8ED" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="00AF39CA" w:rsidP="00AF39CA">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="0DD41A74" w14:textId="170CA50B" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="003A6735" w:rsidP="003A6735">
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Pałac Krzys</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ztofory, Rynek Główny 35 (Sala Baltazara Fontany</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD41A74" w14:textId="2F99AC7C" w:rsidR="00FE2513" w:rsidRPr="00286753" w:rsidRDefault="00AF39CA" w:rsidP="00AF39CA">
       <w:pPr>
         <w:pStyle w:val="Przewodnik"/>
       </w:pPr>
-      <w:r w:rsidRPr="003A6735">
-[...9 lines deleted...]
-    <w:p w14:paraId="1D079A6D" w14:textId="656D4E2F" w:rsidR="00FE2513" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
+      <w:r>
+        <w:t xml:space="preserve">dr Piotr </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hapanowicz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A6735" w:rsidRPr="003A6735">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Muzeum Krakowa</w:t>
+      </w:r>
+      <w:r w:rsidR="003A6735" w:rsidRPr="003A6735">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D079A6D" w14:textId="2F2F476C" w:rsidR="00FE2513" w:rsidRDefault="00FE2513" w:rsidP="00FE2513">
       <w:pPr>
         <w:pStyle w:val="Cena"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00286753">
         <w:t>wykład w ramach</w:t>
       </w:r>
       <w:r w:rsidR="00DD4C18">
-        <w:t xml:space="preserve"> święta</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF39CA" w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Miesiąca Krakowianek</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF39CA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9FC23F" w14:textId="29872795" w:rsidR="00DD4C18" w:rsidRPr="00DD4C18" w:rsidRDefault="00DD4C18" w:rsidP="00DD4C18">
+      <w:pPr>
+        <w:pStyle w:val="Cena"/>
+      </w:pPr>
+      <w:r>
+        <w:t>wstęp wolny, brak konieczności rezerwacji miejsc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7957E9" w14:textId="77777777" w:rsidR="0086106A" w:rsidRDefault="0086106A" w:rsidP="005064C7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53313A94" w14:textId="2D43F34F" w:rsidR="005064C7" w:rsidRPr="00B5141B" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005064C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Kazimiera Bujwidowa – krakowska</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005064C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>emancypantka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A13209" w14:textId="0CAE01EF" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11 marca</w:t>
       </w:r>
       <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>środa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve">), godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0936D3" w14:textId="6888983B" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Pałac Krzys</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ztofory, Rynek Główny 35 (Sala Miedziana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0588EEEF" w14:textId="0207D058" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Przewodnik"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Justyna Kasińska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6735">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Muzeum Krakowa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6735">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7142F5BA" w14:textId="77777777" w:rsidR="005064C7" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Cena"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00286753">
+        <w:t>wykład w ramach</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A6735">
-[...6 lines deleted...]
-    <w:p w14:paraId="0C9FC23F" w14:textId="29872795" w:rsidR="00DD4C18" w:rsidRPr="00DD4C18" w:rsidRDefault="00DD4C18" w:rsidP="00DD4C18">
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Miesiąca Krakowianek</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D9D589" w14:textId="77777777" w:rsidR="005064C7" w:rsidRPr="00DD4C18" w:rsidRDefault="005064C7" w:rsidP="005064C7">
       <w:pPr>
         <w:pStyle w:val="Cena"/>
       </w:pPr>
       <w:r>
         <w:t>wstęp wolny, brak konieczności rezerwacji miejsc</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55CFC454" w14:textId="77777777" w:rsidR="00E21E53" w:rsidRDefault="00E21E53" w:rsidP="00E21E53">
-[...7 lines deleted...]
-    <w:p w14:paraId="1D820F88" w14:textId="43F00448" w:rsidR="00E21E53" w:rsidRDefault="00E21E53" w:rsidP="00E21E53">
+    <w:p w14:paraId="743CDD2D" w14:textId="77777777" w:rsidR="005064C7" w:rsidRDefault="005064C7" w:rsidP="00E21E53">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="131DC59B" w14:textId="0948CA3F" w:rsidR="005064C7" w:rsidRPr="00B5141B" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005064C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Anna Jagiellonka – piękny koniec domu Jagiellońskiego</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783297F5" w14:textId="12AF9C83" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>18 marca</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>środa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve">), godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FC8B3D" w14:textId="77777777" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Pałac Krzys</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ztofory, Rynek Główny 35 (Sala Miedziana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E76791A" w14:textId="75A840BE" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Przewodnik"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Adrian Tylek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6735">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Muzeum Krakowa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6735">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6210C165" w14:textId="77777777" w:rsidR="005064C7" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Cena"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00286753">
+        <w:t>wykład w ramach</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Miesiąca Krakowianek</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D82F8F" w14:textId="77777777" w:rsidR="005064C7" w:rsidRPr="00DD4C18" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Cena"/>
+      </w:pPr>
+      <w:r>
+        <w:t>wstęp wolny, brak konieczności rezerwacji miejsc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75861D25" w14:textId="58530307" w:rsidR="00DD4C18" w:rsidRDefault="00DD4C18" w:rsidP="00DD4C18"/>
+    <w:p w14:paraId="03A81091" w14:textId="23932822" w:rsidR="005064C7" w:rsidRDefault="005064C7" w:rsidP="00DD4C18"/>
+    <w:p w14:paraId="5F7759E5" w14:textId="77777777" w:rsidR="0086106A" w:rsidRDefault="0086106A" w:rsidP="00DD4C18"/>
+    <w:p w14:paraId="4A80D202" w14:textId="3014B0BC" w:rsidR="005064C7" w:rsidRPr="00B5141B" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005064C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Elżbieta Łokietkówna – regentka Królestwa Polskiego</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B058685" w14:textId="22E036FD" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>25 marca</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>środa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve">), godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E067675" w14:textId="77777777" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Pałac Krzys</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ztofory, Rynek Główny 35 (Sala Miedziana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48FB2DB0" w14:textId="27163D62" w:rsidR="005064C7" w:rsidRPr="00286753" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Przewodnik"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">dr Walery </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E21E53">
-[...4 lines deleted...]
-        <w:t>Dawej</w:t>
+      <w:r>
+        <w:t>Bubień</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E21E53">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00E73F0F">
+      <w:r w:rsidRPr="003A6735">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Muzeum Krakowa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6735">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671481D7" w14:textId="77777777" w:rsidR="005064C7" w:rsidRDefault="005064C7" w:rsidP="005064C7">
+      <w:pPr>
+        <w:pStyle w:val="Cena"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00286753">
+        <w:t>wykład w ramach</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-    <w:p w14:paraId="3B0B213A" w14:textId="30CD5CAC" w:rsidR="00E21E53" w:rsidRDefault="00E21E53" w:rsidP="00E21E53">
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Miesiąca Krakowianek</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C60B32" w14:textId="77777777" w:rsidR="005064C7" w:rsidRPr="00DD4C18" w:rsidRDefault="005064C7" w:rsidP="005064C7">
       <w:pPr>
         <w:pStyle w:val="Cena"/>
-        <w:rPr>
-[...15 lines deleted...]
-        <w:pStyle w:val="Cena"/>
       </w:pPr>
       <w:r>
         <w:t>wstęp wolny, brak konieczności rezerwacji miejsc</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7150C501" w14:textId="7B6C3D07" w:rsidR="00DD4C18" w:rsidRDefault="00DD4C18" w:rsidP="00DD4C18"/>
-[...75 lines deleted...]
-    <w:p w14:paraId="75861D25" w14:textId="77777777" w:rsidR="00DD4C18" w:rsidRPr="00DD4C18" w:rsidRDefault="00DD4C18" w:rsidP="00DD4C18"/>
+    <w:p w14:paraId="7753BCD3" w14:textId="77777777" w:rsidR="005064C7" w:rsidRPr="00DD4C18" w:rsidRDefault="005064C7" w:rsidP="00DD4C18"/>
     <w:p w14:paraId="388D3CAE" w14:textId="25E7EF02" w:rsidR="008C307E" w:rsidRPr="00385575" w:rsidRDefault="008C307E" w:rsidP="008C307E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00385575">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5440F65A" wp14:editId="5B37BBBA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-201295</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>158750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6076950" cy="1060450"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Prostokąt zaokrąglony 2"/>
@@ -1617,646 +2021,984 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75948009" w14:textId="6D23A6FF" w:rsidR="008C307E" w:rsidRDefault="00695D2F" w:rsidP="008C307E">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="008C307E" w:rsidRPr="00FB07DB">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>ALENDARIUM:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18954EC1" w14:textId="6397760A" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B"/>
-    <w:p w14:paraId="21E4E87B" w14:textId="3FD3AF31" w:rsidR="003A6735" w:rsidRPr="008754D1" w:rsidRDefault="003A6735" w:rsidP="003A6735">
+    <w:p w14:paraId="22189E41" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00B5141B" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="257BD7B1" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00286753" w:rsidRDefault="00266204" w:rsidP="00266204">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>3.02.2026, godz. 14</w:t>
-[...27 lines deleted...]
-    <w:p w14:paraId="65B7759F" w14:textId="61B35F79" w:rsidR="003A6735" w:rsidRDefault="003A6735" w:rsidP="003A6735">
+        <w:t>4.03.2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve">, godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005064C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Barbara Radziwiłłówna – kontrowersyjna królowa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005064C7">
+        <w:t>Tomasz Karżewicz</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0E5DFF" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00286753" w:rsidRDefault="00266204" w:rsidP="00266204">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
-      <w:r w:rsidRPr="003A6735">
-[...7 lines deleted...]
-    <w:p w14:paraId="225D8D22" w14:textId="04694860" w:rsidR="003A6735" w:rsidRPr="008754D1" w:rsidRDefault="003A6735" w:rsidP="003A6735">
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Pałac Krzys</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ztofory, Rynek Główny 35 (Sala Miedziana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1138B810" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47F9E8AC" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="595FE46D" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>3.02.2026, godz. 17</w:t>
-[...5 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>5.03.2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73F0F">
+        <w:t xml:space="preserve">, godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">16.00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Kraków od początku, bez końca</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">  –  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>specjalistyczne oprowadzanie po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wystaw</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stałej</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – grupa I (Kamil Stasiak)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECB108C" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pałac Krzysztofory, Rynek Główny 35 (zbiórka w holu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F46BABA" w14:textId="73AD04BE" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F9BF3F8" w14:textId="2CEB502E" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A6FBB71" w14:textId="0B76C9E0" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="672B5876" w14:textId="04ED88A7" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27A023B8" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="007F234E" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="377652AE" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="008754D1" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>7.03.2026, godz. 14.3</w:t>
       </w:r>
       <w:r w:rsidRPr="008754D1">
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A6735">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Kraków. Dźwięki, melodie, słowa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">specjalistyczne oprowadzanie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">kuratorskie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>po wystawie czasowej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>– grupa I (dr Monika Widzicka)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="514EA045" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Centrum Interpretacji Niematerialnego Dziedzictwa Krakowa (Dom pod krzyżem), ul. Szpitalna 21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506766B5" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00B5141B" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29DC2052" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00286753" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>8.03.2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve">, godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Dr Adrian Baraniecki – prekursor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>edukacji kobiet i muzealnictwa przemysłowego</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(dr Piotr </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hapanowicz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79FC0772" w14:textId="005CE1E7" w:rsidR="003A6735" w:rsidRDefault="003A6735" w:rsidP="003A6735">
+    <w:p w14:paraId="7CD0B936" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00286753" w:rsidRDefault="00266204" w:rsidP="00266204">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="5512630C" w14:textId="0A284E17" w:rsidR="00E21E53" w:rsidRDefault="00E21E53" w:rsidP="00E21E53">
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Pałac Krzys</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ztofory, Rynek Główny 35 (Sala Baltazara Fontany</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E5E3B22" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="300F848F" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00286753" w:rsidRDefault="00266204" w:rsidP="00266204">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>4.02.2026</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11.03.2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve">, godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005064C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Kazimiera Bujwidowa – krakowska</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005064C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>emancypantka</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Justyna Kasińska)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5D2981" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00286753" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Pałac Krzys</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ztofory, Rynek Główny 35 (Sala Miedziana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370E259C" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34C5B328" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F76C513" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">12.03.2026, godz. 16.00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>O „pięknej pani”. Moda damska w latach 1890 – 1950</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(Małgorzata Kuciel)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A731E94" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="007314EC" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Wykład </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007314EC">
+        <w:t>online na platformie ZOOM (link do spotkania zostanie przesłany uczestnikom w dniu wykładu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D68E1D8" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00E73F0F" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BACD949" w14:textId="548AFF84" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>13.03.2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00E73F0F">
         <w:t xml:space="preserve">, godz. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">17.00, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E73F0F">
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Jak opowiadać o wojnie i Zagładzie w kontekści</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">e współczesnych </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>zagrożeń i konfliktów</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>tematyczne oprowadzanie po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wystaw</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stałej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t>(Mateusz Z</w:t>
+      </w:r>
+      <w:r w:rsidR="00600073">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:t>eb)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111899BE" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Fabryka Emalia Oskara Schindlera, ul. Lipowa 4</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77CEC7CA" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52D3924F" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="008754D1" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19A0B958" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00286753" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>18.03.2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve">, godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005064C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Anna Jagiellonka – piękny koniec domu Jagiellońskiego</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(Adrian Tylek)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F313E0" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Pałac Krzys</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ztofory, Rynek Główny 35 (Sala Miedziana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194E46FA" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B05AD0D" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00A37F8A" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53CCA975" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="008754D1" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>20.03.2026, godz. 14.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Kraków. Dźwięki, melodie, słowa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">specjalistyczne oprowadzanie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">kuratorskie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754D1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>po wystawie czasowej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>– grupa II (dr Monika Widzicka)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8DD055" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Centrum Interpretacji Niematerialnego Dziedzictwa Krakowa (Dom pod krzyżem), ul. Szpitalna 21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747E3D1E" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00B5141B" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29FBAC00" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00286753" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>25.03.2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t xml:space="preserve">, godz. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286753">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005064C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Elżbieta Łokietkówna – regentka Królestwa Polskiego</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(dr Walery </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E21E53">
-[...4 lines deleted...]
-        <w:t>Dawej</w:t>
+      <w:r>
+        <w:t>Bubień</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E21E53">
-[...17 lines deleted...]
-    <w:p w14:paraId="3D6EACC9" w14:textId="77777777" w:rsidR="00E21E53" w:rsidRDefault="00E21E53" w:rsidP="00E21E53">
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37023878" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-    <w:p w14:paraId="39BB49A7" w14:textId="77777777" w:rsidR="003A6735" w:rsidRPr="008754D1" w:rsidRDefault="003A6735" w:rsidP="003A6735">
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>Pałac Krzys</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ztofory, Rynek Główny 35 (Sala Miedziana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3D1D79" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204"/>
+    <w:p w14:paraId="22A0888B" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
       <w:pPr>
         <w:pStyle w:val="Czas0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>5.02.2026, godz. 17</w:t>
-[...89 lines deleted...]
-        <w:t>12.02.2026</w:t>
+        <w:t>26.03.2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00E73F0F">
         <w:t xml:space="preserve">, godz. </w:t>
       </w:r>
       <w:r>
-        <w:t>11.00,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E73F0F">
+        <w:t xml:space="preserve">16.00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Kraków od początku, bez końca</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">  –  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>specjalistyczne oprowadzanie po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wystaw</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7D2B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stałej</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – grupa II (Kamil Stasiak)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03A31165" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Miejsce"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pałac Krzysztofory, Rynek Główny 35 (zbiórka w holu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DEFB74" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0261479E" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="00E5441D" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69052DE5" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204">
+      <w:pPr>
+        <w:pStyle w:val="Czas0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">27.03.2026, godz. 16.00, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF39CA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Mit wyzwolenia i ocalenia Krakowa 1945 – 1997. Geneza, przebieg, próby przezwyciężenia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...53 lines deleted...]
-    <w:p w14:paraId="0950D75D" w14:textId="77777777" w:rsidR="00D977FC" w:rsidRDefault="00D977FC" w:rsidP="00D977FC">
+        <w:t>(Grzegorz Jeżowski)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BE9E90" w14:textId="77777777" w:rsidR="00266204" w:rsidRPr="007314EC" w:rsidRDefault="00266204" w:rsidP="00266204">
       <w:pPr>
         <w:pStyle w:val="Miejsce"/>
       </w:pPr>
       <w:r>
-        <w:t>Miejsce zbiórki: Podziemna Nowa Huta, os. Szkolne 37</w:t>
-[...239 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">Wykład </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007314EC">
+        <w:t>online na platformie ZOOM (link do spotkania zostanie przesłany uczestnikom w dniu wykładu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D5A1CC" w14:textId="77777777" w:rsidR="00266204" w:rsidRDefault="00266204" w:rsidP="00266204"/>
+    <w:p w14:paraId="18954EC1" w14:textId="6397760A" w:rsidR="00A0461B" w:rsidRDefault="00A0461B" w:rsidP="00A0461B"/>
     <w:sectPr w:rsidR="00A0461B" w:rsidSect="00583EC6">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="1984" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="657393BC" w14:textId="77777777" w:rsidR="00534C7E" w:rsidRDefault="00534C7E" w:rsidP="00C02FFA">
+    <w:p w14:paraId="7C143996" w14:textId="77777777" w:rsidR="006B5261" w:rsidRDefault="006B5261" w:rsidP="00C02FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3944FC53" w14:textId="77777777" w:rsidR="00534C7E" w:rsidRDefault="00534C7E" w:rsidP="00C02FFA">
+    <w:p w14:paraId="18EF15F0" w14:textId="77777777" w:rsidR="006B5261" w:rsidRDefault="006B5261" w:rsidP="00C02FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2304,111 +3046,111 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="7BD8F04D" w14:textId="77777777" w:rsidR="00935AA6" w:rsidRDefault="00935AA6">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="1EF96AB0" w14:textId="79830F24" w:rsidR="002762A2" w:rsidRPr="002762A2" w:rsidRDefault="00904190" w:rsidP="002762A2">
+  <w:p w14:paraId="1EF96AB0" w14:textId="79830F24" w:rsidR="002762A2" w:rsidRPr="002762A2" w:rsidRDefault="00D854AB" w:rsidP="002762A2">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidR="002762A2" w:rsidRPr="002762A2">
         <w:rPr>
           <w:rStyle w:val="Hipercze"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>WWW.MUZEUM</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="002762A2" w:rsidRPr="002762A2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>KRAKOWA.PL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="0E7F7C34" w14:textId="46C613E6" w:rsidR="00935AA6" w:rsidRDefault="00935AA6">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3191C931" w14:textId="77777777" w:rsidR="00534C7E" w:rsidRDefault="00534C7E" w:rsidP="00C02FFA">
+    <w:p w14:paraId="1880002E" w14:textId="77777777" w:rsidR="006B5261" w:rsidRDefault="006B5261" w:rsidP="00C02FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73389349" w14:textId="77777777" w:rsidR="00534C7E" w:rsidRDefault="00534C7E" w:rsidP="00C02FFA">
+    <w:p w14:paraId="17AC6AD1" w14:textId="77777777" w:rsidR="006B5261" w:rsidRDefault="006B5261" w:rsidP="00C02FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="2CAEEB5D" w14:textId="77777777" w:rsidR="00935AA6" w:rsidRDefault="00935AA6">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="53C83B0F" w14:textId="37F627C3" w:rsidR="00AC02B7" w:rsidRDefault="00935AA6">
     <w:pPr>
@@ -4340,84 +5082,87 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C5744"/>
     <w:rsid w:val="0000030C"/>
     <w:rsid w:val="00000B4D"/>
     <w:rsid w:val="00014245"/>
     <w:rsid w:val="000170AF"/>
     <w:rsid w:val="000217B2"/>
     <w:rsid w:val="00035CB0"/>
     <w:rsid w:val="0007585C"/>
     <w:rsid w:val="00081201"/>
     <w:rsid w:val="0008247A"/>
     <w:rsid w:val="0008550F"/>
     <w:rsid w:val="00094653"/>
     <w:rsid w:val="00094787"/>
     <w:rsid w:val="000A5207"/>
     <w:rsid w:val="000A60D1"/>
     <w:rsid w:val="000C5744"/>
     <w:rsid w:val="000C646D"/>
+    <w:rsid w:val="000C7518"/>
     <w:rsid w:val="000D2090"/>
     <w:rsid w:val="000D7D70"/>
+    <w:rsid w:val="0010622F"/>
     <w:rsid w:val="00112560"/>
     <w:rsid w:val="0011496A"/>
     <w:rsid w:val="0012047B"/>
     <w:rsid w:val="0012282A"/>
     <w:rsid w:val="001403E2"/>
     <w:rsid w:val="0015329A"/>
     <w:rsid w:val="00156C81"/>
     <w:rsid w:val="001709A6"/>
     <w:rsid w:val="00172B73"/>
     <w:rsid w:val="00186551"/>
     <w:rsid w:val="00187F97"/>
     <w:rsid w:val="001A35F6"/>
     <w:rsid w:val="001A6E08"/>
     <w:rsid w:val="001B5BD3"/>
     <w:rsid w:val="001C4186"/>
     <w:rsid w:val="001C45DE"/>
     <w:rsid w:val="001D0BA4"/>
     <w:rsid w:val="001D6EB3"/>
     <w:rsid w:val="001D74E3"/>
     <w:rsid w:val="001E0754"/>
     <w:rsid w:val="001E4A1F"/>
     <w:rsid w:val="001F62C3"/>
     <w:rsid w:val="002117AC"/>
     <w:rsid w:val="00215286"/>
     <w:rsid w:val="00224FB3"/>
     <w:rsid w:val="0023272A"/>
     <w:rsid w:val="002371AA"/>
     <w:rsid w:val="002405E6"/>
     <w:rsid w:val="002405EA"/>
     <w:rsid w:val="002611F2"/>
     <w:rsid w:val="00264252"/>
     <w:rsid w:val="0026432B"/>
+    <w:rsid w:val="00266204"/>
     <w:rsid w:val="002762A2"/>
     <w:rsid w:val="002823AC"/>
     <w:rsid w:val="00286753"/>
     <w:rsid w:val="00290648"/>
     <w:rsid w:val="002917B7"/>
     <w:rsid w:val="00296C40"/>
     <w:rsid w:val="002A36FA"/>
     <w:rsid w:val="002B315C"/>
     <w:rsid w:val="002C0ED2"/>
     <w:rsid w:val="002F067D"/>
     <w:rsid w:val="002F6E23"/>
     <w:rsid w:val="003111A2"/>
     <w:rsid w:val="00317582"/>
     <w:rsid w:val="00330F5E"/>
     <w:rsid w:val="00340FF1"/>
     <w:rsid w:val="00343BD4"/>
     <w:rsid w:val="003569AA"/>
     <w:rsid w:val="00365ED8"/>
     <w:rsid w:val="00372EF1"/>
     <w:rsid w:val="00372F8D"/>
     <w:rsid w:val="00374020"/>
     <w:rsid w:val="00381246"/>
     <w:rsid w:val="00381439"/>
     <w:rsid w:val="00382BA0"/>
     <w:rsid w:val="00391A64"/>
@@ -4425,259 +5170,267 @@
     <w:rsid w:val="003941DB"/>
     <w:rsid w:val="003A6735"/>
     <w:rsid w:val="003A6871"/>
     <w:rsid w:val="003B0781"/>
     <w:rsid w:val="003D06CA"/>
     <w:rsid w:val="003E01EB"/>
     <w:rsid w:val="003E60DF"/>
     <w:rsid w:val="003F7D94"/>
     <w:rsid w:val="004065D6"/>
     <w:rsid w:val="00411698"/>
     <w:rsid w:val="0041312C"/>
     <w:rsid w:val="00413A0D"/>
     <w:rsid w:val="00420036"/>
     <w:rsid w:val="004218EB"/>
     <w:rsid w:val="00451261"/>
     <w:rsid w:val="00454C97"/>
     <w:rsid w:val="0045786B"/>
     <w:rsid w:val="0046586B"/>
     <w:rsid w:val="00465F80"/>
     <w:rsid w:val="004A5FCE"/>
     <w:rsid w:val="004A7421"/>
     <w:rsid w:val="004C2D33"/>
     <w:rsid w:val="004C49A3"/>
     <w:rsid w:val="004C4E16"/>
     <w:rsid w:val="004F01AE"/>
+    <w:rsid w:val="005064C7"/>
     <w:rsid w:val="00515C11"/>
     <w:rsid w:val="00522210"/>
     <w:rsid w:val="005233C3"/>
     <w:rsid w:val="00534C7E"/>
     <w:rsid w:val="005519A7"/>
     <w:rsid w:val="00580B62"/>
     <w:rsid w:val="005815E2"/>
     <w:rsid w:val="00583EC6"/>
     <w:rsid w:val="005932A6"/>
     <w:rsid w:val="005A3A41"/>
     <w:rsid w:val="005B0D7E"/>
     <w:rsid w:val="005B2B0D"/>
     <w:rsid w:val="005C0A8C"/>
     <w:rsid w:val="005C3A40"/>
     <w:rsid w:val="005C6D3B"/>
     <w:rsid w:val="005D11C0"/>
     <w:rsid w:val="005D2725"/>
     <w:rsid w:val="005D2D99"/>
     <w:rsid w:val="005E5D9A"/>
     <w:rsid w:val="005E6572"/>
     <w:rsid w:val="005F3634"/>
+    <w:rsid w:val="00600073"/>
     <w:rsid w:val="00600191"/>
     <w:rsid w:val="00601DB6"/>
     <w:rsid w:val="00605FBB"/>
     <w:rsid w:val="00616B90"/>
     <w:rsid w:val="0062603B"/>
+    <w:rsid w:val="0065500A"/>
     <w:rsid w:val="00655B39"/>
     <w:rsid w:val="006560FB"/>
     <w:rsid w:val="00676867"/>
     <w:rsid w:val="006833A0"/>
     <w:rsid w:val="00684419"/>
     <w:rsid w:val="00686D5F"/>
     <w:rsid w:val="006904BF"/>
     <w:rsid w:val="00695D2F"/>
     <w:rsid w:val="006A7462"/>
     <w:rsid w:val="006A75FD"/>
     <w:rsid w:val="006B0AFD"/>
+    <w:rsid w:val="006B5261"/>
     <w:rsid w:val="006D4FA6"/>
     <w:rsid w:val="006D5B71"/>
     <w:rsid w:val="006E2215"/>
     <w:rsid w:val="006E2280"/>
     <w:rsid w:val="007159BF"/>
     <w:rsid w:val="0071641E"/>
     <w:rsid w:val="00720886"/>
     <w:rsid w:val="007314EC"/>
     <w:rsid w:val="00732B35"/>
     <w:rsid w:val="007340F5"/>
     <w:rsid w:val="00741A47"/>
     <w:rsid w:val="00752BFF"/>
     <w:rsid w:val="00754E18"/>
     <w:rsid w:val="00756B41"/>
     <w:rsid w:val="00764C43"/>
     <w:rsid w:val="00785EB1"/>
     <w:rsid w:val="00785F0A"/>
     <w:rsid w:val="00797F0D"/>
     <w:rsid w:val="007A1737"/>
     <w:rsid w:val="007A2F6B"/>
     <w:rsid w:val="007D1C20"/>
     <w:rsid w:val="007E2A0C"/>
     <w:rsid w:val="007E639A"/>
     <w:rsid w:val="007F3F08"/>
     <w:rsid w:val="0081158C"/>
     <w:rsid w:val="008406F9"/>
     <w:rsid w:val="00845DD6"/>
     <w:rsid w:val="0085044A"/>
     <w:rsid w:val="00856EE4"/>
     <w:rsid w:val="00860A53"/>
+    <w:rsid w:val="0086106A"/>
     <w:rsid w:val="00861624"/>
     <w:rsid w:val="00863D9A"/>
     <w:rsid w:val="0086623A"/>
     <w:rsid w:val="00871C5E"/>
     <w:rsid w:val="0087368C"/>
     <w:rsid w:val="0087693D"/>
     <w:rsid w:val="0087720C"/>
     <w:rsid w:val="00880EAD"/>
     <w:rsid w:val="00885FE0"/>
     <w:rsid w:val="00894D48"/>
     <w:rsid w:val="008A1977"/>
     <w:rsid w:val="008A2DD8"/>
     <w:rsid w:val="008B3AB0"/>
     <w:rsid w:val="008C2152"/>
     <w:rsid w:val="008C307E"/>
     <w:rsid w:val="008D09C3"/>
     <w:rsid w:val="008D6947"/>
-    <w:rsid w:val="00904190"/>
     <w:rsid w:val="00926A5D"/>
     <w:rsid w:val="00935A50"/>
     <w:rsid w:val="00935AA6"/>
     <w:rsid w:val="009434A1"/>
     <w:rsid w:val="0095588D"/>
     <w:rsid w:val="009570B2"/>
     <w:rsid w:val="00965939"/>
     <w:rsid w:val="00970655"/>
     <w:rsid w:val="009908C8"/>
     <w:rsid w:val="009B3515"/>
     <w:rsid w:val="009C5CA3"/>
     <w:rsid w:val="009C662E"/>
     <w:rsid w:val="009D04A6"/>
     <w:rsid w:val="00A0461B"/>
     <w:rsid w:val="00A052C6"/>
     <w:rsid w:val="00A10BAE"/>
     <w:rsid w:val="00A15EFB"/>
     <w:rsid w:val="00A27261"/>
     <w:rsid w:val="00A37F8A"/>
     <w:rsid w:val="00A466B5"/>
     <w:rsid w:val="00A57ABC"/>
     <w:rsid w:val="00A604FE"/>
     <w:rsid w:val="00A6565F"/>
     <w:rsid w:val="00A678DF"/>
     <w:rsid w:val="00A90D86"/>
     <w:rsid w:val="00A9144A"/>
     <w:rsid w:val="00AA0BFF"/>
     <w:rsid w:val="00AB2C6E"/>
     <w:rsid w:val="00AB6278"/>
     <w:rsid w:val="00AC02B7"/>
     <w:rsid w:val="00AD2EB8"/>
     <w:rsid w:val="00AD533D"/>
     <w:rsid w:val="00AE1363"/>
     <w:rsid w:val="00AF1F49"/>
     <w:rsid w:val="00AF2CC3"/>
+    <w:rsid w:val="00AF39CA"/>
     <w:rsid w:val="00AF7EB1"/>
     <w:rsid w:val="00B15256"/>
     <w:rsid w:val="00B509D3"/>
     <w:rsid w:val="00B5141B"/>
     <w:rsid w:val="00B57D28"/>
     <w:rsid w:val="00B76273"/>
     <w:rsid w:val="00B80BAF"/>
     <w:rsid w:val="00B8405F"/>
     <w:rsid w:val="00B8494D"/>
     <w:rsid w:val="00B95613"/>
     <w:rsid w:val="00BA0B48"/>
     <w:rsid w:val="00BB38B5"/>
     <w:rsid w:val="00BB668A"/>
     <w:rsid w:val="00BF0990"/>
     <w:rsid w:val="00BF0C12"/>
     <w:rsid w:val="00C02FFA"/>
     <w:rsid w:val="00C04D88"/>
     <w:rsid w:val="00C059A1"/>
     <w:rsid w:val="00C107B1"/>
     <w:rsid w:val="00C11857"/>
     <w:rsid w:val="00C11D24"/>
     <w:rsid w:val="00C124E9"/>
     <w:rsid w:val="00C13217"/>
     <w:rsid w:val="00C1716A"/>
     <w:rsid w:val="00C2345B"/>
     <w:rsid w:val="00C41AAB"/>
     <w:rsid w:val="00C43A8C"/>
     <w:rsid w:val="00C46260"/>
     <w:rsid w:val="00C55AD4"/>
     <w:rsid w:val="00C5778E"/>
+    <w:rsid w:val="00C61545"/>
     <w:rsid w:val="00C640EC"/>
     <w:rsid w:val="00C9408E"/>
     <w:rsid w:val="00CC356C"/>
     <w:rsid w:val="00CD5015"/>
     <w:rsid w:val="00CD537B"/>
     <w:rsid w:val="00CE0B35"/>
     <w:rsid w:val="00CE779B"/>
     <w:rsid w:val="00CF437C"/>
     <w:rsid w:val="00D04765"/>
     <w:rsid w:val="00D05F2B"/>
     <w:rsid w:val="00D24ACB"/>
     <w:rsid w:val="00D31C1D"/>
     <w:rsid w:val="00D57F08"/>
     <w:rsid w:val="00D62C38"/>
     <w:rsid w:val="00D62EBA"/>
     <w:rsid w:val="00D63735"/>
     <w:rsid w:val="00D6501C"/>
     <w:rsid w:val="00D75D8F"/>
     <w:rsid w:val="00D85365"/>
+    <w:rsid w:val="00D854AB"/>
     <w:rsid w:val="00D85CB4"/>
     <w:rsid w:val="00D94D8A"/>
     <w:rsid w:val="00D977FC"/>
     <w:rsid w:val="00D97AB1"/>
     <w:rsid w:val="00DB0DDE"/>
     <w:rsid w:val="00DB45F8"/>
     <w:rsid w:val="00DD012E"/>
     <w:rsid w:val="00DD4C18"/>
     <w:rsid w:val="00DD6299"/>
     <w:rsid w:val="00E21E53"/>
     <w:rsid w:val="00E5441D"/>
     <w:rsid w:val="00E5760F"/>
     <w:rsid w:val="00E576B1"/>
     <w:rsid w:val="00E65600"/>
     <w:rsid w:val="00E71F1B"/>
     <w:rsid w:val="00E920D7"/>
     <w:rsid w:val="00EA0C63"/>
     <w:rsid w:val="00EA1397"/>
     <w:rsid w:val="00EA2AF3"/>
     <w:rsid w:val="00EB3F3B"/>
     <w:rsid w:val="00EC5616"/>
     <w:rsid w:val="00EC6F65"/>
     <w:rsid w:val="00EF0B01"/>
     <w:rsid w:val="00EF0E85"/>
     <w:rsid w:val="00EF0EF0"/>
     <w:rsid w:val="00EF1E82"/>
     <w:rsid w:val="00F1087C"/>
     <w:rsid w:val="00F10915"/>
     <w:rsid w:val="00F21449"/>
     <w:rsid w:val="00F723CF"/>
     <w:rsid w:val="00F724C7"/>
     <w:rsid w:val="00F772BD"/>
     <w:rsid w:val="00F809AC"/>
     <w:rsid w:val="00F85651"/>
     <w:rsid w:val="00FA0679"/>
     <w:rsid w:val="00FA0EC5"/>
     <w:rsid w:val="00FA2FB1"/>
     <w:rsid w:val="00FA35A9"/>
     <w:rsid w:val="00FA3BBE"/>
     <w:rsid w:val="00FB07DB"/>
+    <w:rsid w:val="00FB79A4"/>
     <w:rsid w:val="00FE14ED"/>
     <w:rsid w:val="00FE2513"/>
     <w:rsid w:val="00FE3EED"/>
     <w:rsid w:val="00FE55CD"/>
     <w:rsid w:val="00FF2A82"/>
     <w:rsid w:val="00FF4005"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
@@ -6149,81 +6902,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5ADEF3FD-D413-4040-A3AE-700DA9E64CE8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB405756-5AEF-47E0-8637-AD5315E2DD63}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>4658</Characters>
+  <Pages>8</Pages>
+  <Words>973</Words>
+  <Characters>5839</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5424</CharactersWithSpaces>
+  <CharactersWithSpaces>6799</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sebastian Goyke</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>